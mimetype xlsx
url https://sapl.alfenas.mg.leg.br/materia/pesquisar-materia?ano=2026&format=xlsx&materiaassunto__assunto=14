--- v0 (2026-02-06)
+++ v1 (2026-03-28)
@@ -10,143 +10,182 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="44">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5375</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Márcio Dunga</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2026/5375/indicacao_37.2026_-_dunga_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2026/5375/indicacao_37.2026_-_dunga_assinada.pdf</t>
   </si>
   <si>
     <t>Determinar ao setor competente a instalação de uma nova caçamba/lixeira para coleta de resíduos na esquina da Rua Carmelita Coutinho com a Rua Natal, no Bairro Jardim Furnas, bem como a realização de serviços de capina e limpeza das guias e meio-fio na Rua Carmelita Coutinho, nas proximidades do nº 158, estendendo-se por toda a extensão do bairro.</t>
   </si>
   <si>
     <t>5384</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Idalina do Santa Rita</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2026/5384/assinada_indicacao.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2026/5384/assinada_indicacao.pdf</t>
   </si>
   <si>
     <t>Solicita por meio da Secretaria de Obras e Serviços Públicos ou setor competente, a realização dos serviços de roçada, capina e retirada de entulhos nos seguintes pontos mencionados na Indicação.</t>
   </si>
   <si>
     <t>5394</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Rodolfo Inácio</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2026/5394/indicacao_53.2026_-rodolfo.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2026/5394/indicacao_53.2026_-rodolfo.pdf</t>
   </si>
   <si>
     <t>Solicita a realização de mutirão de limpeza no Bairro Jardim Olímpia, a reinstalação e ampliação da academia ao ar livre, a implantação de parque infantil, bem como a limpeza do campo e a manutenção da academia ao ar livre no Bairro Vila Esperança.</t>
   </si>
   <si>
     <t>5444</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Ednilson</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2026/5444/indicacao_84.2026-ednilson.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2026/5444/indicacao_84.2026-ednilson.pdf</t>
   </si>
   <si>
     <t>Solicitação de manutenção e limpeza do bueiro no cruzamento das Ruas Artur de Azevedo com Alberto de Oliveira.</t>
+  </si>
+  <si>
+    <t>5457</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2026/5457/indicacao_96.2026_-_rodolfo.pdf</t>
+  </si>
+  <si>
+    <t>Realização de mutirões periódicos de limpeza de lotes e retirada de entulhos, com a implementação de ações educativas de combate à dengue em bairros com maior incidência de casos, bem como a adoção de medidas preventivas, limpeza e organização em área comum de conjunto habitacional no Bairro Jardim São Carlos, em razão dos riscos à saúde pública e à qualidade de vida da população.</t>
+  </si>
+  <si>
+    <t>5471</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>Gilmar Costa</t>
+  </si>
+  <si>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2026/5471/indicacao_108.2026_-_gilmar_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Realizar limpeza e roçagem de mato nos parquinhos localizados nos condomínios situados na Rua Onofre Gomes Pereira e na Rua Tiso, no Bairro Recreio Vale do Sol.</t>
+  </si>
+  <si>
+    <t>5657</t>
+  </si>
+  <si>
+    <t>228</t>
+  </si>
+  <si>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2026/5657/indicacao_228.2026_-gimar_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Realização de um mutirão de limpeza e roçada na área verde localizada nos fundos da Rua Xavantes, próximo ao número 150.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -450,67 +489,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2026/5375/indicacao_37.2026_-_dunga_assinada.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2026/5384/assinada_indicacao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2026/5394/indicacao_53.2026_-rodolfo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2026/5444/indicacao_84.2026-ednilson.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2026/5375/indicacao_37.2026_-_dunga_assinada.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2026/5384/assinada_indicacao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2026/5394/indicacao_53.2026_-rodolfo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2026/5444/indicacao_84.2026-ednilson.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2026/5457/indicacao_96.2026_-_rodolfo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2026/5471/indicacao_108.2026_-_gilmar_assinada.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2026/5657/indicacao_228.2026_-gimar_assinada.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="108" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="108.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -598,58 +637,139 @@
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>28</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>29</v>
       </c>
       <c r="H5" t="s">
         <v>30</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>37</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>40</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>37</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="H8" t="s">
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>