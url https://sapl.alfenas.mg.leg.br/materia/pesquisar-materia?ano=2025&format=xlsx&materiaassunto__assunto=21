--- v0 (2025-12-25)
+++ v1 (2026-03-01)
@@ -129,51 +129,51 @@
   <si>
     <t>5075</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2025/5075/pdl_54.2025_-_idalina_-_cidadao_honorario_dr._denis_-_unica_autoria_assinada.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário ao Dr. Dênis Glaudino Silva.</t>
   </si>
   <si>
     <t>5285</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Ednilson</t>
   </si>
   <si>
     <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2025/5285/pdl_61.2025_-_ednilson_-_sandro.pdf</t>
   </si>
   <si>
-    <t>Concede Diploma de Honra ao Mérito ao Sr Sandro Barbosa.</t>
+    <t>Concede Título de Cidadão Honorário ao Mérito ao Sr Sandro Barbosa.</t>
   </si>
   <si>
     <t>4374</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Jefferson Guigui</t>
   </si>
   <si>
     <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2025/4374/mocao_42.25_guigui.assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos aos servidores da Escola CEMEI Gota de Amor (Santos Reis), em reconhecimento ao trabalho de excelência, dedicação e comprometimento com a educação e o bem-estar das crianças da comunidade.</t>
   </si>
   <si>
     <t>4451</t>
   </si>