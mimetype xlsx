--- v0 (2026-02-05)
+++ v1 (2026-03-30)
@@ -54,192 +54,192 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Professor Luciano Solar</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/1980/assinado_mocao_04_-_solar.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/1980/assinado_mocao_04_-_solar.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à Sra. Luana Landre de Castro Gomes, em reconhecimento aos relevantes serviços prestados na Tenda de Umbanda Santa Bárbara ao Município de Alfenas, na área de políticas sociais.</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Kátia Goyatá</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/1984/mocao_05_-_katia_assinatura.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/1984/mocao_05_-_katia_assinatura.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Dr. Bahajat Mohamed Ahmed Ali Hammad - conhecido por Dr. Bagé da Clínica Neuropsiquiátrica de Alfenas -  pelos 48 anos de existência da clínica a ser comemorado no próximo dia 23 de janeiro.</t>
   </si>
   <si>
     <t>2714</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Teresa Ambulatório Cruz Preta</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2714/mocao_25_-_teresa_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2714/mocao_25_-_teresa_assinada.pdf</t>
   </si>
   <si>
     <t>Moção de pesar em decorrência do falecimento de Osmair Carlos Pessoa.</t>
   </si>
   <si>
     <t>2776</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Márcio Dunga</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2776/mocao_28-dunga_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2776/mocao_28-dunga_assinada.pdf</t>
   </si>
   <si>
     <t>Moção de  congratulação e aplausos aos organizadores, voluntários, apoiadores do caminho e  romeiros que participaram da 22ª Romaria de Bike do Caminho de Aparecida.</t>
   </si>
   <si>
     <t>2799</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Braz da Máquina, Carlinho Vardemá, Dominguinhos Eletricista, Jaime Daniel, Kátia Goyatá, Márcio Dunga, Marta Pelegrin, Paulinho do Asfalto, Professor Luciano Solar, Ratinho, Tani Rose, Teresa Ambulatório Cruz Preta</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2799/mocao_30_-_vardema_em_conjunto_todos_vereadores-assinado_por_todos.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2799/mocao_30_-_vardema_em_conjunto_todos_vereadores-assinado_por_todos.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO à reivindicação de recomposição salarial dos servidores e servidoras da categoria Técnico-Administrativa da Universidade Federal de Alfenas (UNIFAL-MG).</t>
   </si>
   <si>
     <t>2944</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2944/mocao_35_-_katia_assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2944/mocao_35_-_katia_assinado.pdf</t>
   </si>
   <si>
     <t>Moção de pesar aos familiares da Sra. Rachel da Silva Engel pela sua passagem.</t>
   </si>
   <si>
     <t>2999</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Tani Rose</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2999/mocao_de_pesar_-_maria_vilani_lopes_de_lima.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2999/mocao_de_pesar_-_maria_vilani_lopes_de_lima.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família da Sra. Maria Vilani Lopes de Lima, irmã do Chico Ferramenta.</t>
   </si>
   <si>
     <t>3108</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3108/mocao_48_-_pesar_maria_cacilda_pereira.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3108/mocao_48_-_pesar_maria_cacilda_pereira.pdf</t>
   </si>
   <si>
     <t>Moção de pesar à família da Sra. Maria Cacilda Pereira Rosa.</t>
   </si>
   <si>
     <t>3164</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Ratinho</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3164/mocao_53.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3164/mocao_53.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Sr. RAFAEL HERNANI FERREIRA DAMASCENO por ser o primeiro membro da Associação de mudos e surdos de Alfenas a ser aprovado no curso de Libras, no curso de Auxiliar Administrativo e neste ano, completar 16 anos de trabalhos prestados no Hospital Alzira Velano na cidade de Alfenas – MG.</t>
   </si>
   <si>
     <t>3172</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3172/mocao_54_-_katia_assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3172/mocao_54_-_katia_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Sr. Marco Antônio da Silva, proprietário da Floricultura Lírio do Vale, pelos seus 25 anos de trabalho honrado e digno em prol da sociedade alfenense, atuando nos momentos de maiores alegrias e também de muitas tristezas.</t>
   </si>
   <si>
     <t>3196</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Carlinho Vardemá</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3196/mocao_55_-_vardemaassinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3196/mocao_55_-_vardemaassinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS à Sra. Larissa Alves da Silva Vilela - Secretária Municipal da Criança, da Assistência e dos Direitos Sociais, pelo expressivo trabalho que vem realizando na secretaria de ação social, modificando e transformando o conceito de um atendimento mais humanizado e acessível à população.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -546,67 +546,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/1980/assinado_mocao_04_-_solar.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/1984/mocao_05_-_katia_assinatura.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2714/mocao_25_-_teresa_assinada.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2776/mocao_28-dunga_assinada.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2799/mocao_30_-_vardema_em_conjunto_todos_vereadores-assinado_por_todos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2944/mocao_35_-_katia_assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2999/mocao_de_pesar_-_maria_vilani_lopes_de_lima.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3108/mocao_48_-_pesar_maria_cacilda_pereira.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3164/mocao_53.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3172/mocao_54_-_katia_assinado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3196/mocao_55_-_vardemaassinado.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/1980/assinado_mocao_04_-_solar.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/1984/mocao_05_-_katia_assinatura.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2714/mocao_25_-_teresa_assinada.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2776/mocao_28-dunga_assinada.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2799/mocao_30_-_vardema_em_conjunto_todos_vereadores-assinado_por_todos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2944/mocao_35_-_katia_assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2999/mocao_de_pesar_-_maria_vilani_lopes_de_lima.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3108/mocao_48_-_pesar_maria_cacilda_pereira.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3164/mocao_53.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3172/mocao_54_-_katia_assinado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3196/mocao_55_-_vardemaassinado.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="192.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="142.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="142" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>