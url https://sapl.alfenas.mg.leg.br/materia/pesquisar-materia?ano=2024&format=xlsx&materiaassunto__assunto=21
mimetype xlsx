--- v0 (2026-02-05)
+++ v1 (2026-03-29)
@@ -54,270 +54,270 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Teresa Ambulatório Cruz Preta</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/1936/decreto_honra_ao_merito_emidinho_madeira_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/1936/decreto_honra_ao_merito_emidinho_madeira_assinada.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito ao Sr. Emídio Alves Madeira Júnior (Deputado Emidinho Madeira).</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Paulinho do Asfalto</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2006/decreto_legislativo_no_08-pam-_concede_diploma_de_honra__ao_merito_ao_sr._eduardo_alex_prado.assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2006/decreto_legislativo_no_08-pam-_concede_diploma_de_honra__ao_merito_ao_sr._eduardo_alex_prado.assinado.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Sr. Eduardo Alex Prado.</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Tani Rose</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2082/honra_ao_merito_mae_cida_-_13-2024_-_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2082/honra_ao_merito_mae_cida_-_13-2024_-_assinada.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito à Sra. Maria Aparecida Silva Rose – “Mãe Cida”</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2111/pdl_15.2024_-_tsp_-_titulo_de_cidadao_honorario_ao_sr._pedro_ribeiro_neto_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2111/pdl_15.2024_-_tsp_-_titulo_de_cidadao_honorario_ao_sr._pedro_ribeiro_neto_assinada.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Sr. Pedro Ribeiro Neto.</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Ratinho</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2172/pdl_18.2024_-_epa_-_diploma_honra_ao_merito_a_sra_marilandia.assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2172/pdl_18.2024_-_epa_-_diploma_honra_ao_merito_a_sra_marilandia.assinado.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito à Sra. Marilandia Vilela Rocha.</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Carlinho Vardemá</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2208/pdl_20.2024_-_jcm_-_diploma_honra_ao_merito_a_sra_andrea_de_souza_-_retificado.assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2208/pdl_20.2024_-_jcm_-_diploma_honra_ao_merito_a_sra_andrea_de_souza_-_retificado.assinado.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito à Sra. Andrea de Souza</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Kátia Goyatá</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2240/pdl_22.2024_-_katia_-_diploma_de_honra_ao_merito_a_sra._bruna_marielle_marques_1_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2240/pdl_22.2024_-_katia_-_diploma_de_honra_ao_merito_a_sra._bruna_marielle_marques_1_assinada.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito à Sra. Bruna Marielle Marques - "Bruna Marques"</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2270/mocao_15_-_vardema_.assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2270/mocao_15_-_vardema_.assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à Sra. Thays Alexandre Salles, em reconhecimento aos relevantes serviços prestados como Chefe de Gabinete da Secretaria Municipal de Alfenas.</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2303/mocao_18_-_vardema_-_assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2303/mocao_18_-_vardema_-_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Tenente-Coronel André Luís da Silva, em reconhecimento aos relevantes serviços prestados pelo Comandante PM ao 64º Batalhão de Polícia Militar de Alfenas.</t>
   </si>
   <si>
     <t>2760</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2760/mocao_27_-_ney_barreto.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2760/mocao_27_-_ney_barreto.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à Ney Barreto, que desde de criança, atua como figura central de forma voluntária na construção e crescimento da Comunidade Rural dos Bárbaras, em nosso Município.</t>
   </si>
   <si>
     <t>3015</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3015/mocao_39_-_katia_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3015/mocao_39_-_katia_assinada.pdf</t>
   </si>
   <si>
     <t>Moção de congratulações e aplausos à Superintendência Regional de Saúde de Alfenas pela comemoração de seu 40° aniversário</t>
   </si>
   <si>
     <t>3021</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3021/mocao_40_-_vardema-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3021/mocao_40_-_vardema-assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS aos Professores José Cláudio Cotulio Junior e Simone de Sousa Dias Silva, pelo trabalho dinâmico que vem contribuindo de forma positiva para o desenvolvimento humano dos alunos do Colégio Sagrado Coração de Jesus.</t>
   </si>
   <si>
     <t>3061</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3061/mocao_45_-_claudio_novais.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3061/mocao_45_-_claudio_novais.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Sr. Cláudio Novais, que é um excelente humano, engajado em causas sociais e desde de 2011 vem fazendo um extraordinário trabalho como servidor público e professor em nosso município.</t>
   </si>
   <si>
     <t>3530</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Guinho</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3530/mocao_everton_piva.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3530/mocao_everton_piva.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à Everton Luis Piva, Coordenador do Governo, pelo excelente trabalho que vem desenvolvendo e assim contribuindo de forma valiosa e eficaz para o progresso e bem-estar do povo.</t>
   </si>
   <si>
     <t>3565</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3565/mocao_no_70.2024_katia_-_evaldo_receita_federal_assinatura.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3565/mocao_no_70.2024_katia_-_evaldo_receita_federal_assinatura.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações - Kátia (Receita Federal e NAF Unifenas)</t>
   </si>
   <si>
     <t>3575</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Braz da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3575/mocao_no74__braz_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3575/mocao_no74__braz_assinada.pdf</t>
   </si>
   <si>
     <t>Assunto: moção de congratulações e Aplausos para os meus assessores Adriano Alves Esteves e Elma Gislene Neder de Medeiros, em reconhecimento  aos serviços prestados em meu gabinete e aos cidadãos que procuram esta Casa Legislativa, também ao Assessor de Gabinete da Presidência André Guarda Rezende pelos excelentes serviço que vem desempenhado nessa Casa Legislativa em prol dos vereadores, assessores e funcionários e de nossa população que procuram essa Casa Legislativa.</t>
   </si>
   <si>
     <t>3042</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3042/indicacao_538_-_braz-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3042/indicacao_538_-_braz-assinado.pdf</t>
   </si>
   <si>
     <t>Verificar junto ao setor competente a possibilidade de inaugurar a piscina de hidroginástica, que está em construção, próximo ao Poliesportivo com o nome do servidor público da Secretaria Municipal de Ação Social, Sidnei dos Santos Rosa, falecido em 05/06/2024.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -624,67 +624,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/1936/decreto_honra_ao_merito_emidinho_madeira_assinada.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2006/decreto_legislativo_no_08-pam-_concede_diploma_de_honra__ao_merito_ao_sr._eduardo_alex_prado.assinado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2082/honra_ao_merito_mae_cida_-_13-2024_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2111/pdl_15.2024_-_tsp_-_titulo_de_cidadao_honorario_ao_sr._pedro_ribeiro_neto_assinada.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2172/pdl_18.2024_-_epa_-_diploma_honra_ao_merito_a_sra_marilandia.assinado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2208/pdl_20.2024_-_jcm_-_diploma_honra_ao_merito_a_sra_andrea_de_souza_-_retificado.assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2240/pdl_22.2024_-_katia_-_diploma_de_honra_ao_merito_a_sra._bruna_marielle_marques_1_assinada.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2270/mocao_15_-_vardema_.assinado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2303/mocao_18_-_vardema_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2760/mocao_27_-_ney_barreto.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3015/mocao_39_-_katia_assinada.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3021/mocao_40_-_vardema-assinado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3061/mocao_45_-_claudio_novais.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3530/mocao_everton_piva.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3565/mocao_no_70.2024_katia_-_evaldo_receita_federal_assinatura.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3575/mocao_no74__braz_assinada.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3042/indicacao_538_-_braz-assinado.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/1936/decreto_honra_ao_merito_emidinho_madeira_assinada.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2006/decreto_legislativo_no_08-pam-_concede_diploma_de_honra__ao_merito_ao_sr._eduardo_alex_prado.assinado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2082/honra_ao_merito_mae_cida_-_13-2024_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2111/pdl_15.2024_-_tsp_-_titulo_de_cidadao_honorario_ao_sr._pedro_ribeiro_neto_assinada.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2172/pdl_18.2024_-_epa_-_diploma_honra_ao_merito_a_sra_marilandia.assinado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2208/pdl_20.2024_-_jcm_-_diploma_honra_ao_merito_a_sra_andrea_de_souza_-_retificado.assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2240/pdl_22.2024_-_katia_-_diploma_de_honra_ao_merito_a_sra._bruna_marielle_marques_1_assinada.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2270/mocao_15_-_vardema_.assinado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2303/mocao_18_-_vardema_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/2760/mocao_27_-_ney_barreto.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3015/mocao_39_-_katia_assinada.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3021/mocao_40_-_vardema-assinado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3061/mocao_45_-_claudio_novais.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3530/mocao_everton_piva.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3565/mocao_no_70.2024_katia_-_evaldo_receita_federal_assinatura.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3575/mocao_no74__braz_assinada.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2024/3042/indicacao_538_-_braz-assinado.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="27.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="175.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="174.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>