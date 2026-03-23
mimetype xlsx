--- v0 (2026-02-05)
+++ v1 (2026-03-23)
@@ -54,232 +54,232 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Márcio Dunga</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/194/rq00022023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/194/rq00022023.pdf</t>
   </si>
   <si>
     <t>Reiterar as indagações constantes dos requerimentos ns. 41 e 78/2022, referentes ao projeto cidades e mobilidade urbana, aos projetos de ciclovia e ciclofaixa e ao projeto de rota turística._x000D_
 _x000D_
 Justificativa:_x000D_
 Obter junto ao Poder Executivo as informações de interesse público e transmiti-las com responsabilidade a toda a comunidade.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/195/rq00032023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/195/rq00032023.pdf</t>
   </si>
   <si>
     <t>Encaminhar os documentos e as devidas respostas que esclareçam se a Prefeitura Municipal possui contrato com a ASSEMG - Associação_x000D_
 Esportiva e Eventos do Sul de Minas Gerais, e os mecanismos e legislação aplicados na contratação de eventos esportivos._x000D_
 _x000D_
 Justificativa:_x000D_
 Garantir uma política eficiente no fomento dos eventos esportivos locais.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Tani Rose</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/206/rq00142023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/206/rq00142023.pdf</t>
   </si>
   <si>
     <t>Encaminhar resposta a esta Casa de Leis com relação ao cumprimento da Lei Municipal nº 3.739, de 30 de setembro de 2004, que Dispõe sobre a_x000D_
 proibição de comercialização e de uso de cerol ou de qualquer material cortante em linhas ou fios usados para empinar pipas._x000D_
 _x000D_
 Justificativa:_x000D_
 Garantir o cumprimento de uma norma tão importante ao Município e assegurar a prática segura dessa atividade (empinar pipa) recreativa, lúdica e acessível a maioria da população, tornando-se um grande agregador na integração social.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>CELMA - Comissão de Esporte e Lazer do Município de Alfenas</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/218/rq00262023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/218/rq00262023.pdf</t>
   </si>
   <si>
     <t>Requerer que seja novamente constituída a Comissão Especial de Esporte e Lazer do Município de Alfenas, desta Câmara Municipal._x000D_
 _x000D_
 Justificativa: Estimular o esporte e buscar mais investimentos financeiros, com o intuito de desenvolver ações e práticas, estabelecer parcerias com órgãos afins, garantindo, com isso, o desporto junto à população.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Carlinho Vardemá</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/79/ind00812023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/79/ind00812023.pdf</t>
   </si>
   <si>
     <t>Designar servidores para promover atividades físicas, na Quadra da Santa Rita.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/313/ind02582023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/313/ind02582023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de instituir, no âmbito do Município de Alfenas, o Dia Municipal da Capoeira Angola, incluindo-o no calendário oficial de nosso município, no dia 05 de abril de cada ano. Para facilitar o desenvolvimento do referido projeto, venho encaminhar minuta anexa a esta indicação.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>Kátia Goyatá</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/638/ind04742023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/638/ind04742023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de fazer o campeonato de pipa nas férias escolares da nossa cidade, e também fazer uma mobilização para o não uso do cerol, o que representa perigo para toda a população e coloca em risco pedestres, ciclistas e motociclistas que circulam pela cidade, além da própria pessoa que está utilizando.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>Teresa Ambulatório Cruz Preta</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/881/indicacao_605_-_teresa_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/881/indicacao_605_-_teresa_assinada.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de instalação de uma academia ao ar livre na orla do Distrito de Barranco Alto.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>Braz da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/987/indicacao_688_-_braz-_assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/987/indicacao_688_-_braz-_assinado.pdf</t>
   </si>
   <si>
     <t>Instalar uma academia ao ar livre na Rua da Paz, no local ao lado do nº 516, Bairro Vila Betânia.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1082/indicacao_768_-_dunga_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1082/indicacao_768_-_dunga_assinada.pdf</t>
   </si>
   <si>
     <t>Providenciar junto ao setor competente uma reforma geral na quadra e no campo do Complexo Esportivo do Jardim Primavera (REDES, ILUMINAÇÃO, PINTURA), fazer uma limpeza geral nas proximidades, principalmente onde havia uma horta comunitária, reformar a praça com a instalação de novos bancos assim como trocar o parquinho de local.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1300/indicacao_796_-_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1300/indicacao_796_-_assinada.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de instalar um parquinho na Praça da Caixa D’Água, Bairro Vista Grande, próxima ao EMEI Bem Querer. (Foto anexa).</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1369/indicacao_815_-_vardema_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1369/indicacao_815_-_vardema_assinada.pdf</t>
   </si>
   <si>
     <t>Providenciar junto ao setor competente a irrigação regular do Campo da Chapada.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1666/indicacao_892_-_dunga_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1666/indicacao_892_-_dunga_assinada.pdf</t>
   </si>
   <si>
     <t>Construir um campo de futebol Society com grama artificial ao lado da Escola Estatual Padre Jose Grimminck ou na Avenida Paulo de Ávila Salles, próximo ao Condomínio Alfenas.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -586,67 +586,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/194/rq00022023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/195/rq00032023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/206/rq00142023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/218/rq00262023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/79/ind00812023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/313/ind02582023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/638/ind04742023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/881/indicacao_605_-_teresa_assinada.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/987/indicacao_688_-_braz-_assinado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1082/indicacao_768_-_dunga_assinada.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1300/indicacao_796_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1369/indicacao_815_-_vardema_assinada.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1666/indicacao_892_-_dunga_assinada.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/194/rq00022023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/195/rq00032023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/206/rq00142023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/218/rq00262023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/79/ind00812023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/313/ind02582023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/638/ind04742023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/881/indicacao_605_-_teresa_assinada.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/987/indicacao_688_-_braz-_assinado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1082/indicacao_768_-_dunga_assinada.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1300/indicacao_796_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1369/indicacao_815_-_vardema_assinada.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1666/indicacao_892_-_dunga_assinada.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="56" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>