--- v0 (2026-02-05)
+++ v1 (2026-03-24)
@@ -54,2928 +54,2928 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Carlinho Vardemá</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/449/pdl00042023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/449/pdl00042023.pdf</t>
   </si>
   <si>
     <t>Altera o local de funcionamento da Câmara Municipal, em virtude das obras de reforma do telhado, das calhas, de escoamento das águas de chuva e do forro do teto do Plenário.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Ratinho</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/208/rq00162023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/208/rq00162023.pdf</t>
   </si>
   <si>
     <t>Encaminhar resposta a esta Casa de Leis com relação a emenda parlamentar destinada à construção da cobertura da quadra da Creche Lago Azul._x000D_
 _x000D_
 Justificativa:_x000D_
 Garantir que a demanda de melhoria da quadra existente na referida escola seja efetivada, para que sirva como instrumento para a promoção da saúde e para o desenvolvimento de habilidades sociais importantes ao longo da vida.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Paulinho do Asfalto</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/214/rq00222023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/214/rq00222023.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa o funcionamento dos trabalhos da empresa terceirizada responsável por nossas estradas vicinais, quais as estradas sob sua responsabilidade, o cronograma de trabalho e como é feita a fiscalização._x000D_
 _x000D_
 Justificativa: Insatisfação dos moradores da zona rural com a conservação de nossas estradas vicinais.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/215/rq00232023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/215/rq00232023.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa qual o maquinário que a Prefeitura possui para realizar a conservação da área rural do nosso Município._x000D_
 _x000D_
 Justificativa: Saber o motivo do acúmulo de manutenções, pois os moradores sofrem com a falta de manutenção das estradas vicinais.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Jaime Daniel</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/219/rq00272023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/219/rq00272023.pdf</t>
   </si>
   <si>
     <t>Encaminhar resposta a este Poder, com relação ao cronograma de execução das obras da estrada da Harmonia, os trabalhos que foram realizados pela Empresa responsável nas estradas rurais de Alfenas e os valores que foram gastos até a presente data._x000D_
 _x000D_
 Justificativa: Garantir o cumprimento da Lei através de uma política pública transparente, com respaldo na função fiscalizadora própria do Poder Legislativo de controle dos atos do Poder Executivo.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Kátia Goyatá</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/14/ind00012023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/14/ind00012023.pdf</t>
   </si>
   <si>
     <t>Fazer o recapeamento do restante da Rua Evaristo da Veiga, iniciando-se pela portaria antiga onde estava instalada a tecelagem Saliba.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/2/ind00032023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/2/ind00032023.pdf</t>
   </si>
   <si>
     <t>Fazer a manutenção das estradas vicinais dos bairros Baguari, Mandassaia, Cascalho, Muzambo e Corujas do nosso município.</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/3/ind00042023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/3/ind00042023.pdf</t>
   </si>
   <si>
     <t>Tapar os buracos no bairro Jardim São Carlos, parte de cima, nas ruas Claudio Manoel da Costa e Cassimiro de Abreu, nas proximidades da igreja Congregação Cristã Brasil até a Avenida Governador Valadares.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/5/ind00062023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/5/ind00062023.pdf</t>
   </si>
   <si>
     <t>Recapeamento em toda a extensão da rua Alberto de Oliveira, Bairro Jardim São Carlos.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/6/ind00072023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/6/ind00072023.pdf</t>
   </si>
   <si>
     <t>Realizar a manutenção em todos os parquinhos infantis da cidade, em especial o Parque da Pista de Skate, no Jardim Aeroporto.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/7/ind00082023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/7/ind00082023.pdf</t>
   </si>
   <si>
     <t>Fazer a retirada dos aparelhos da academia ao ar livre situada na Rua José Ferreira de Morais, Bairro Jardim Aeroporto.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Márcio Dunga</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/8/ind00092023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/8/ind00092023.pdf</t>
   </si>
   <si>
     <t>Realizar uma limpeza geral no bairro Jardim São Paulo, como poda do mato, operação tapa buraco, desentupimento dos bueiros, notificação dos proprietários dos terrenos para construção dos passeios onde precisar, bem como incluir linhas do transporte público.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/10/ind00112023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/10/ind00112023.pdf</t>
   </si>
   <si>
     <t>Retomar os serviços de extração de tocos de árvores existentes nos passeios de nossa cidade.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/11/ind00122023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/11/ind00122023.pdf</t>
   </si>
   <si>
     <t>Realizar ampliação das coberturas nas laterais das quadras dos bairros Pinheirinho, Santos Reis, Gaspar Lopes, Santa Rita, Campo Elísios, Vila Promessa, Jardim Primavera, principalmente nas quadras onde funcionam o Programa Cidade Escola.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Tani Rose</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/15/ind00152023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/15/ind00152023.pdf</t>
   </si>
   <si>
     <t>Concretar o buraco existente no calçadão da Rua Coronel Laurindo Ribeiro, em frente ao número 65.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/18/ind00182023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/18/ind00182023.pdf</t>
   </si>
   <si>
     <t>Realizar a operação tapa buracos em toda a extensão da Rua Pampulha, no Alto do Aeroporto, e também a troca das luminárias queimadas da Pista de Skate e pista de XCO de Alfenas onde várias luminárias encontram-se queimadas.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/20/ind00202023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/20/ind00202023.pdf</t>
   </si>
   <si>
     <t>Realizar, urgentemente, operação tapa buracos em toda a extensão da Rua Antônio da Silva Lemos, Bairro Jardim Tropical.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Braz da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/21/ind00212023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/21/ind00212023.pdf</t>
   </si>
   <si>
     <t>Realizar o recapeamento de toda a Avenida José Paulino da Costa.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/26/ind00262023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/26/ind00262023.pdf</t>
   </si>
   <si>
     <t>Realizar as reformas nos Postos de Saúde - PSF l e ll, Jardim Alvorada, urgentemente.</t>
   </si>
   <si>
     <t>Teresa Ambulatório Cruz Preta</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/27/ind00272023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/27/ind00272023.pdf</t>
   </si>
   <si>
     <t>Realizar operação tapa-buracos em todo o Bairro Jardim São Carlos, pontuando principalmente as ruas Casemiro de Abreu em toda sua extensão e Joaquim Manoel de Macedo, onde há uma grande quantidade de buracos que estão causando transtornos no trânsito.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/29/ind00292023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/29/ind00292023.pdf</t>
   </si>
   <si>
     <t>Realizar operação tapa-buracos no Bairro Vila Formosa, onde destaco a Rua Gabriel Moura Leite, no trecho compreendido entre o nº 535 ao nº 610, o qual se encontra em péssimas condições.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/31/ind00312023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/31/ind00312023.pdf</t>
   </si>
   <si>
     <t>Instalar um parquinho de madeira no Jardim Panorama, nas imediações da rua Américo Totti e outro no bairro Santa Maria, nas proximidades da Confraria, na rua Maria de Olinda Terra.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/32/ind00322023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/32/ind00322023.pdf</t>
   </si>
   <si>
     <t>Revitalizar a Praça da Saudade, em frente ao Cemitério de nossa cidade.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/33/ind00332023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/33/ind00332023.pdf</t>
   </si>
   <si>
     <t>Revitalizar a Praça da Aparecida.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/34/ind00342023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/34/ind00342023.pdf</t>
   </si>
   <si>
     <t>Realizar obras de canalização na área localizada nas proximidades do número 397 da Rua Luiz Alves Corrêa, na Vila Formosa, considerando que neste período de chuva, essa área encontra-se com alagamentos / inundações, nos termos das imagens em anexo.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Professor Luciano Solar</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/37/ind00372023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/37/ind00372023.pdf</t>
   </si>
   <si>
     <t>Realizar o corte da árvore localizada na rua Benjamim Constant, n 1018, no bairro Chapada.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/39/ind00392023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/39/ind00392023.pdf</t>
   </si>
   <si>
     <t>Realizar uma limpeza geral nas adjacências do Náutico Clube e da Rampa Náutica, como poda do mato, operação tapa buraco, desentupimento dos bueiros.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/41/ind00412023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/41/ind00412023.pdf</t>
   </si>
   <si>
     <t>Realizar operação tapa-buracos em toda a extensão da Rua Francisco Mariano, desde a proximidade do Colégio Estadual até o final da rua, nas imediações do Campo do América.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/43/ind00432023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/43/ind00432023.pdf</t>
   </si>
   <si>
     <t>Fazer, com certa urgência, um bueiro na Rua Uberlândia, em frente ao nº 47, no Pôr do Sol.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/46/ind00462023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/46/ind00462023.pdf</t>
   </si>
   <si>
     <t>Realizar uma operação tapa buracos na Avenida Manoel Alves Taveira, no bairro Jardim Aeroporto.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/48/ind00482023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/48/ind00482023.pdf</t>
   </si>
   <si>
     <t>Colocar lixeira pública, próximo ao córrego do chafariz, na esquina da rua São Paulo, e realizar a limpeza e roçagem do mato da calçada e ao redor da área.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/50/ind00502023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/50/ind00502023.pdf</t>
   </si>
   <si>
     <t>Realizar a instalação de lixeiras no entorno de todas as quadras e praças do município.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/51/ind00512023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/51/ind00512023.pdf</t>
   </si>
   <si>
     <t>Realizar o serviço de recapeamento asfáltico na rua Professora Lili Correa, no bairro Por do Sol.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/53/ind00542023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/53/ind00542023.pdf</t>
   </si>
   <si>
     <t>Realizar a construção de uma quadra Society com grama artificial para atender os Bairros Vale Verde, Pinheirinho, Jardim São Paulo, Jardim Alvorada, Jardim Boa Esperança e Recreio Vale do Sol.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/55/ind00562023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/55/ind00562023.pdf</t>
   </si>
   <si>
     <t>Realizar operação tapa buracos, em caráter emergencial, na Avenida Jorge Amado, nas proximidades do supermercado Lacerda II. Destaco que no local, devido à grande quantidade de buracos e reparos que já foram realizados, tona-se necessário a realização de recapeamento posterior.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Dominguinhos Eletricista</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/59/ind00602023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/59/ind00602023.pdf</t>
   </si>
   <si>
     <t>Realizar a limpeza e o recapeamento de toda a extensão da pista de caminhada do Bairro Santa Clara.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/62/ind00642023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/62/ind00642023.pdf</t>
   </si>
   <si>
     <t>Realizar uma reforma geral no Velório Municipal de Alfenas.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/65/ind00672023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/65/ind00672023.pdf</t>
   </si>
   <si>
     <t>Fazer uma fileira de blocos em toda a extensão da pista de caminhada do bairro Jardim Aeroporto.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/66/ind00682023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/66/ind00682023.pdf</t>
   </si>
   <si>
     <t>Fazer a pavimentação com massa asfáltica no Condomínio Pontal da Esmeralda, Chácara da Esmeralda e Condomínio Tangará.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/68/ind00702023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/68/ind00702023.pdf</t>
   </si>
   <si>
     <t>Ceder, de maneira gratuita, horas de máquinas de terraplenagem, para a realização de benfeitorias no Loteamento Nova Alfenas.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/69/ind00712023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/69/ind00712023.pdf</t>
   </si>
   <si>
     <t>Realizar melhorias no Córrego do Pântano, como limpeza do córrego por completo; construção de uma pista de caminhada; instalação de iluminação pública, de um parquinho infantil e de uma academia ao ar livre.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/70/ind00722023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/70/ind00722023.pdf</t>
   </si>
   <si>
     <t>Solicitar o recapeamento das seguintes vias:_x000D_
 - Rua Presidente Arthur Bernardes, altura do número 360_x000D_
 - Rua da Amizade (em toda sua extensão)</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/73/ind00752023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/73/ind00752023.pdf</t>
   </si>
   <si>
     <t>Consertar e colocar cascalho em alguns pontos na estrada vicinal que liga o Bairro Matão.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/80/ind00822023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/80/ind00822023.pdf</t>
   </si>
   <si>
     <t>Revitalizar a Praça existente em frente ao Polivalente.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/83/ind00852023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/83/ind00852023.pdf</t>
   </si>
   <si>
     <t>Construir alguns campos society com grama sintética em nossa cidade, especialmente no Jardim Boa Esperança, em Barranco Alto e Gaspar Lopes.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/86/ind00882023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/86/ind00882023.pdf</t>
   </si>
   <si>
     <t>Colocar parquinhos de madeira onde ainda não tem, em todos os Bairros, bem como fazer a troca dos antigos parquinhos de ferro pelos de madeira.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/88/ind00902023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/88/ind00902023.pdf</t>
   </si>
   <si>
     <t>Instalar um parquinho infantil no CEMEI ALEGRIA Alvimar Dias Silva, endereço Rua Ribeirão Preto 165, Jardim Alto da Boa Vista.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/89/ind00912023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/89/ind00912023.pdf</t>
   </si>
   <si>
     <t>Realizar a abertura do canteiro central situado na Av. Jovino Fernandes de Sales, no local em frente ao número 2356.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/90/ind00922023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/90/ind00922023.pdf</t>
   </si>
   <si>
     <t>Instalar um parquinho infantil no novo CEMEI Marisa de F. Miranda (Pedra Branca), endereço Rua Três, n° 350, Jardim Eunice.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/91/ind00932023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/91/ind00932023.pdf</t>
   </si>
   <si>
     <t>Colocar abrigo (cobertura) de ponto de ônibus na Rua Benjamin Constant, em frente ao número 3004, no Bairro Vila Esperança, em ambos os lados da via.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/98/ind01002023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/98/ind01002023.pdf</t>
   </si>
   <si>
     <t>Mandar roçar a pracinha do Bairro Gaspar Lopes, através de um mutirão de limpeza em todas as ruas do bairro, roçar e fazer a limpeza do espaço ao redor da quadra coberta e realizar operação tapa-buracos em todas as ruas do Bairro Gaspar Lopes.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/100/ind01022023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/100/ind01022023.pdf</t>
   </si>
   <si>
     <t>Realizar operação tapa-buracos em todas as ruas do bairro Vila Betânia.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/101/ind01032023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/101/ind01032023.pdf</t>
   </si>
   <si>
     <t>Recapear a Rua Nicolau Coutinho, nas proximidades do nº 56, em frente à Escola E. Prof. Levindo Lambert, bem como pintar uma faixa de embarque e desembarque dos alunos.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/102/ind01042023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/102/ind01042023.pdf</t>
   </si>
   <si>
     <t>Providenciar operação tapa-buracos na Rua Venâncio Franco de Carvalho, em toda a sua extensão, especialmente entre os números 92 ao 390.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/103/ind01052023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/103/ind01052023.pdf</t>
   </si>
   <si>
     <t>Realizar, urgente, uma limpeza e manutenção geral em torno da Escola Estadual Padre José Grimminck, Bairro Pinheirinho, tais como: manutenção elétrica na quadra, limpeza e manutenção interna da quadra, reativar o campo de malha, fazer as iluminações próximas à escola porque está muito escuro.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/105/ind01072023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/105/ind01072023.pdf</t>
   </si>
   <si>
     <t>Realizar a poda das árvores e limpeza da área verde situada cerca de um quarteirão e meio da Rua Alberto de Oliveira, nas proximidades da esquina com a Rua Cristina Mendes, no bairro Jardim São Carlos.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/107/ind01092023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/107/ind01092023.pdf</t>
   </si>
   <si>
     <t>Providenciar o recapeamento asfáltico das Ruas Renato Rodrigues e Praça Brasil, pois embora sejam ruas muito pequenas, de apenas um quarteirão cada, possuem grande movimentação de pessoas e veículos por se tratar de área escolar. Não sendo possível a realização do recapeamento, que seja ao menos realizado em caráter emergencial, operação tapa-buracos.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/108/ind01102023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/108/ind01102023.pdf</t>
   </si>
   <si>
     <t>Instalar um parquinho de madeira, ao lado da academia ao ar livre na Rua Saulo Prado Leite, no bairro Jd. Boa Esperança e realizar, urgentemente, limpeza na área verde.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/109/ind01112023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/109/ind01112023.pdf</t>
   </si>
   <si>
     <t>Providenciar operação tapa-buracos ao longo da Rua Padre Cornélio Hans, em caráter de urgência.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/110/ind01122023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/110/ind01122023.pdf</t>
   </si>
   <si>
     <t>Fazer operação tapa-buracos na Rua Amélio da Silva Gomes, na altura do número 480.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/111/ind01132023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/111/ind01132023.pdf</t>
   </si>
   <si>
     <t>Fazer um calçadão, tipo passeio, no Distrito Industrial, para caminhada de nossos pedestres. E, se possível, buscar colaboração das empresas instaladas no local.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/113/ind01152023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/113/ind01152023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de passar a máquina patrol na estrada vicinal, nas proximidades da Pousada Recanto dos Canarinhos.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/115/ind01172023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/115/ind01172023.pdf</t>
   </si>
   <si>
     <t>Realizar a limpeza completa do bairro Vista Alegre, desde a poda de matos nos meios-fios e áreas verdes, notificação de proprietários de terrenos baldios, até a retirada de lixo e entulhos próximo à escola Ismael Brasil.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/117/ind01192023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/117/ind01192023.pdf</t>
   </si>
   <si>
     <t>Realizar a limpeza e sinalização do Residencial Vale Verde.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/118/ind01202023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/118/ind01202023.pdf</t>
   </si>
   <si>
     <t>Reestruturar a calçada que fica em frente ao lote que é de propriedade do Exército Brasileiro, situado na rua Benjamin Constant.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/120/ind01222023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/120/ind01222023.pdf</t>
   </si>
   <si>
     <t>Providenciar operação tapa-buracos na Avenida Mario Barbosa Vieira.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/121/ind01232023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/121/ind01232023.pdf</t>
   </si>
   <si>
     <t>Realizar operação tapa-buracos em todo o Distrito Industrial, bem como limpeza e capina de mato que cresce junto aos meios-fios.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/123/ind01252023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/123/ind01252023.pdf</t>
   </si>
   <si>
     <t>Providenciar operação tapa-buracos na Rua Vinícius de Oliveira, em frente ao número 89, bairro Jardim Nova América.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/125/ind01272023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/125/ind01272023.pdf</t>
   </si>
   <si>
     <t>Realizar o recapeamento em toda a extensão da rua Sul, no Bairro Recreio Vale do Sol.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/126/ind01282023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/126/ind01282023.pdf</t>
   </si>
   <si>
     <t>Realizar uma limpeza geral na Rua Avelino Batista de Andrade, nas proximidades do nº 91, no bairro Jardim Boa Esperança, com a poda das árvores, capina do mato e desentupimento dos bueiros, bem como aumentar suas capacidades de vazão.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/128/ind01302023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/128/ind01302023.pdf</t>
   </si>
   <si>
     <t>Realizar o recapeamento, em caráter de urgência, da rodovia do Pântano, que liga o Distrito Industrial ao Bairro do Pinheirinho, até o trevo da BR 491.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/129/ind01312023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/129/ind01312023.pdf</t>
   </si>
   <si>
     <t>Trocar as lâmpadas e os bancos da pracinha, bem como roçar e limpar o mato em todo o pátio da Igreja São Marcos, localizada no bairro Jardim Primavera.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/131/ind01332023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/131/ind01332023.pdf</t>
   </si>
   <si>
     <t>Realizar a manutenção e a colocação de cascalho em toda a estrada que dá acesso ao Distrito do Barranco Alto.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/133/ind01352023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/133/ind01352023.pdf</t>
   </si>
   <si>
     <t>Realizar ampliação das coberturas nas laterais das quadras dos bairros Pinheirinho, Santos Reis, Gaspar Lopes, Santa Rita, Campo Elísios, Vila Promessa e Jardim Primavera, principalmente nas quadras onde funcionam o Programa Cidade Escola.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/136/ind01382023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/136/ind01382023.pdf</t>
   </si>
   <si>
     <t>Fazer uma operação tapa-buraco na rua Amélio da Silva Gomes, bairro Bosque dos Ipês, principalmente em frente ao nº 423, onde mora uma pessoa com deficiência física.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/141/ind01442023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/141/ind01442023.pdf</t>
   </si>
   <si>
     <t>Consertar um pequeno trecho da estrada vicinal que liga o Aeroporto com a sede da Aliança da Misericórdia, bem como verificar a possibilidade de colocar 05 manilhas de 0,60 mm, logo na saída do Aeroporto.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/144/ind01472023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/144/ind01472023.pdf</t>
   </si>
   <si>
     <t>Realizar a troca dos cabos de internet no Bairro dos Barbaras.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/145/ind01482023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/145/ind01482023.pdf</t>
   </si>
   <si>
     <t>Limpar o mato existente nas laterais dos aterros dos rios Machado, Gutierrez, Gambá e Muzambo, na BR-491 e a colocação de placas indicando a presença de animais silvestres, nestes locais, bem como que o DNIT seja notificado sobre o assunto.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/146/ind01492023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/146/ind01492023.pdf</t>
   </si>
   <si>
     <t>Fazer um mutirão de tapa-buracos em todas as ruas do Bairro Vista Grande.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/147/ind01502023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/147/ind01502023.pdf</t>
   </si>
   <si>
     <t>Realizar as seguintes providências em relação à estrada municipal, no Bairro Jardim São Paulo, atrás do Distrito Industrial:_x000D_
 * Pavimentação asfáltica da parte ainda não asfaltada._x000D_
 * Iluminação Pública em toda a sua extensão e, em caráter emergencial, na parte já pavimentada._x000D_
 * Tornar a referida via como um logradouro, conferindo-lhe a respectiva denominação.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/150/ind01532023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/150/ind01532023.pdf</t>
   </si>
   <si>
     <t>Fazer a operação tapa-buracos na rua Osmar Brás dos Reis, no Jardim Elite.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/158/ind01612023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/158/ind01612023.pdf</t>
   </si>
   <si>
     <t>Providenciar melhorias no Bairro Jardim Boa Esperança, tais como operação tapa-buracos, colocação de grades em bueiros, e desentupimento de bueiros.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/161/ind01652023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/161/ind01652023.pdf</t>
   </si>
   <si>
     <t>Reformar a pequena Praça do Cruzeiro, localizada no Jardim Aeroporto.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/163/ind01672023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/163/ind01672023.pdf</t>
   </si>
   <si>
     <t>Recapear a Rua Afrânio Peixoto, esquina com a Rua Castro Alves, no bairro Jd. São Carlos.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/168/ind01722023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/168/ind01722023.pdf</t>
   </si>
   <si>
     <t>Arrumar as estradas vicinais que ligam ao bairro dos Bárbaras.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/170/ind01742023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/170/ind01742023.pdf</t>
   </si>
   <si>
     <t>Realizar a instalação de lixeiras na pracinha da Avenida João Januário Magalhães, ao lado da Igreja São Francisco de Assis, bem como realizar mudanças no trânsito, para que, na Avenida João Januário Magalhães, principalmente no quarteirão entre a Rua Antônio Tibúrcio e Gabriela da Costa Santos, seja permitido estacionar apenas do lado esquerdo da via.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/172/ind01762023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/172/ind01762023.pdf</t>
   </si>
   <si>
     <t>Reconstruir o asfalto no trecho situado na Rua Coelho Neto, no Bairro Jardim São Carlos, tendo em vista que desde outubro de 2022, o asfalto cedeu_x000D_
 próximo ao meio-fio e está afundando cada dia mais, impedindo moradores de acessar a garagem de suas casas.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/173/ind01772023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/173/ind01772023.pdf</t>
   </si>
   <si>
     <t>Providenciar a substituição de calçamento por massa asfáltica, no trecho da Rua Raimundo Correa, situado no Bairro Vista Grande.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/174/ind01782023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/174/ind01782023.pdf</t>
   </si>
   <si>
     <t>Realizar, urgentemente, melhorias no bairro de Gaspar Lopes, como uma limpeza e poda de mato na entrada; manutenção do campo de futebol, limpeza e manutenção interna da quadra (a quadra está muito suja e a rede das traves estão rasgadas e danificadas); operação tapa-buracos, bem_x000D_
 como mutirão para limpeza.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/175/ind01792023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/175/ind01792023.pdf</t>
   </si>
   <si>
     <t>Fazer o plantio de 10x6m² de grama no Centro Educacional Nossa Senhora da Rosa Mística, localizado na R. Antônio da Silva Lemos com a R. Eduardo Ferreira Dias - Jardim Tropical / Santa Rita.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/176/ind01802023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/176/ind01802023.pdf</t>
   </si>
   <si>
     <t>Realizar as seguintes melhorias no CEME - Centro Esportivo Municipal de Educação - Celso Moura Leite (Antiga Praça de Esportes):_x000D_
 - cobertura das quadras;_x000D_
 - lugar apropriado para aulas de jiu-jitsu (o local está com pouco espaço).</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/177/ind01812023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/177/ind01812023.pdf</t>
   </si>
   <si>
     <t>Colocar uma proteção no bueiro da Rua Sul em frente ao nº 485, no bairro Recreio Vale do Sol.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/179/ind01832023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/179/ind01832023.pdf</t>
   </si>
   <si>
     <t>Providenciar a drenagem para a passagem da lagoa que se formou próxima à pista de caminhada do Complexo Esportivo Vila Formosa.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/180/ind01852023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/180/ind01852023.pdf</t>
   </si>
   <si>
     <t>Realizar operação tapa-buraco e demarcação de trânsito nos bairros Pinheirinho, Primavera e Vale Verde, bem como instalar um redutor de velocidade (quebra-molas) no bairro Primavera na Rua Alameda Sibipirunas, próximo ao número 478.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/181/ind01862023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/181/ind01862023.pdf</t>
   </si>
   <si>
     <t>Prosseguir com a obra de construção do lago, no Bairro Jardim Primavera.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/250/ind01932023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/250/ind01932023.pdf</t>
   </si>
   <si>
     <t>Realizar o recapeamento de toda a Rua José Thiers Vieira, no Jardim São Lucas II.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/251/ind01942023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/251/ind01942023.pdf</t>
   </si>
   <si>
     <t>Construir 02 (duas) salas para atender a necessidade de uma creche para crianças de 6 meses a 5 anos de idade, na Escola Pública Municipal Abrão Adolpho Engel, localizada no Distrito de Barranco Alto.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/253/ind01962023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/253/ind01962023.pdf</t>
   </si>
   <si>
     <t>Providenciar operação tapa-buracos em toda a extensão da Rua Geraldo Manso Vieira, no Bairro Jardim Aeroporto III, em especial nas proximidades da quadra Beach Tennis, onde há um buraco grande causando prejuízos a população.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/257/ind02002023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/257/ind02002023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade da construção de uma pista de caminhada e a limpeza periódica das calçadas do bairro Distrito Industrial, trecho utilizado pelos cidadãos alfenenses como pista para o exercício de caminhadas.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/258/ind02012023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/258/ind02012023.pdf</t>
   </si>
   <si>
     <t>Realizar operação tapa-buracos na rua Rua União, em frente ao nº 245, no Bairro Vila Betânia.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/260/ind02032023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/260/ind02032023.pdf</t>
   </si>
   <si>
     <t>Fazer a retirada de entulhos na estrada que dá acesso à balsa para o Distrito de Barranco Alto, assim como alargar a via de acesso próximo à balsa.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/263/ind02062023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/263/ind02062023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de fazer operação tapa-buracos, conserto de bueiros e capina do mato no Bairro Residencial Oliveira nas Ruas: Guaxupé, São Gonçalo do Sapucaí e Avenida Carlos de Oliveira.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/269/ind02142023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/269/ind02142023.pdf</t>
   </si>
   <si>
     <t>Providenciar a troca da tampa do bueiro existente na Rua Sul, em frente ao nº 485, no bairro Recreio Vale do Sol.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/274/ind02192023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/274/ind02192023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de realizar a manutenção de todas as estradas vicinais rurais do bairro Matão, bem como a pintura total da igreja.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/276/ind02212023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/276/ind02212023.pdf</t>
   </si>
   <si>
     <t>Realizar a manutenção de vários bueiros do Bairro Jardim Primavera, que se encontram sujos, inadequados e com falta de manutenção.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/279/ind02242023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/279/ind02242023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de realizar uma reforma geral na quadra e no campo do Complexo Esportivo dos Santos Reis, realizando as obras necessárias para que possam ser utilizados de forma segura como, iluminação, pintura, reforma do vestiário, cobertura e colocação de redes.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/281/ind02262023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/281/ind02262023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de tapar um buraco localizado na Rua João Brasilino Terra, no Jardim Elite.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/282/ind02272023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/282/ind02272023.pdf</t>
   </si>
   <si>
     <t>Providenciar o recapeamento em toda a extensão da Avenida São José. Não sendo possível a realização dessa revitalização, que seja ao menos realizada em caráter emergencial, operação tapa-buracos, principalmente de frente aos números 278, 350, 380, 418 e 650.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/283/ind02282023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/283/ind02282023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade, com certa urgência, de plantar grama num pequeno trecho ao lado da pista de caminhada, próximo ao Colégio Pontual e fazer uma limpeza adequada nas proximidades.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/285/ind02302023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/285/ind02302023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de realizar as obras de manutenção e conserto do muro do primeiro cemitério, nas proximidades do cruzamento das Ruas São Miguel com a Rua José Alexandre da Costa, na cidade de Alfenas.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/288/ind02332023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/288/ind02332023.pdf</t>
   </si>
   <si>
     <t>Fazer a manutenção da estrada de acesso ao Condomínio Lagoa Prateada, bem como a captação de água da COPASA.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/289/ind02342023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/289/ind02342023.pdf</t>
   </si>
   <si>
     <t>Realizar melhorias na Comunidade Rural Recanto dos Canarinhos e Condomínio Sítio do Pinhal, tais como: pavimentação asfáltica, instalação de iluminação, limpeza geral, posto de saúde móvel e van escolar para entrar no Recanto dos Canarinhos.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/291/ind02362023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/291/ind02362023.pdf</t>
   </si>
   <si>
     <t>Fazer o conserto de um bueiro aberto na Rua Jaime Santos, n.º 430, Bairro Jardim Aeroporto.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/294/ind02392023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/294/ind02392023.pdf</t>
   </si>
   <si>
     <t>Realizar o recapeamento em toda a extensão da rua Sul, no bairro Recreio Vale do Sol.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/295/ind02402023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/295/ind02402023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de término das obras de recapeamento asfáltico na importante via de trânsito urbano Rua 13 de maio, no centro da cidade de Alfenas - MG.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/296/ind02412023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/296/ind02412023.pdf</t>
   </si>
   <si>
     <t>Providenciar operação tapa-buracos, bem como a limpeza e revitalização dos bueiros na Rua Paulo Marques de Carvalho, no Bairro Campos Elísios.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/297/ind02422023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/297/ind02422023.pdf</t>
   </si>
   <si>
     <t>Realizar a reconstrução do meio-fio da Rua São Cristóvão, nº 11, Bairro Santa Clara, o qual está totalmente danificado, conforme fotos anexas.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/298/ind02432023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/298/ind02432023.pdf</t>
   </si>
   <si>
     <t>Realizar a reconstrução do meio fio da Avenida Nossa Senhora Aparecida, nº 214, Bairro Santa Clara.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/306/ind02512023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/306/ind02512023.pdf</t>
   </si>
   <si>
     <t>Realizar operação tapa-buracos, poda de árvores e retirada dos matos, na estrada da zona rural que dá acesso ao Rancho Fundo e, se possível, colocar pedras de cascalho em toda a sua extensão.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/311/ind02562023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/311/ind02562023.pdf</t>
   </si>
   <si>
     <t>Solicitar o recapeamento da Rua Jair Furtado, na altura do número 60, no Bairro Jardim América.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/312/ind02572023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/312/ind02572023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de construção de um campo society, com a aplicação de gramas sintéticas, em um terreno do município localizado entre o cruzamento da Rua Sul com a Rua do Cafezinho, no bairro Recreio Vale do Sol, na cidade de Alfenas-MG.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/316/ind02612023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/316/ind02612023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de construir um campo de futebol no bairro Santa Clara 2, ao lado do parquinho.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/321/ind02662023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/321/ind02662023.pdf</t>
   </si>
   <si>
     <t>Tirar um toco de árvore localizado no passeio da Rua Evaristo da Veiga, n.º 159.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/322/ind02672023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/322/ind02672023.pdf</t>
   </si>
   <si>
     <t>Providenciar operação tapa buracos, em todas as ruas do Bairro Jardim Boa Esperança, tendo em vista que houve a realização da operação em apenas algumas ruas do Bairro e ainda há várias ruas com muitos buracos.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/327/ind02722023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/327/ind02722023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de fazer uma revitalização geral, como: canteiros, recapeamento, passeios, jardinagem e iluminação, na Avenida José Paulino da Costa, em toda a sua extensão, desde o trevo principal até o Sindicato Rural.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/330/ind02752023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/330/ind02752023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de tapar os buracos e arrumar os bueiros na Rua Elísio Ayer, próximos ao número 286, no bairro Campos Elíseos.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/333/ind02782023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/333/ind02782023.pdf</t>
   </si>
   <si>
     <t>Construir um passeio (calçada) no final da Rua Antônio Tibúrcio, no Bairro Pinheirinho.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/335/ind02802023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/335/ind02802023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de instalar alambrado em toda a extensão do campo de Santa Clara, no Bairro Santa Clara.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/336/ind02812023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/336/ind02812023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de realizar uma limpeza geral e a demarcação de trânsito em todo o Bairro Residencial Dona Anita.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/340/ind02852023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/340/ind02852023.pdf</t>
   </si>
   <si>
     <t>Realizar o recapeamento da Rua Gabriel Monteiro da Silva, no trecho entre a Universidade Federal de Alfenas - Unifal e a Rua Henrique Munhoz Garcia.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/341/ind02862023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/341/ind02862023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de realizar demarcação de solo, limpeza de mato e pintura nas rampas de acessibilidade do bairro Vista Grande.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/342/ind02872023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/342/ind02872023.pdf</t>
   </si>
   <si>
     <t>Providenciar a construção de um pequeno passeio dos lados direito e esquerdo na Rua Joaquim Manso Vieira, nas proximidades do Córrego Chafariz, no Bairro Santa Rita.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/345/ind02902023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/345/ind02902023.pdf</t>
   </si>
   <si>
     <t>Providenciar a realização de melhorias como, operação tapa buracos e sinalização, num pequeno trecho da rodovia Otoni Barbosa, que liga o Bairro Santos Reis até a empresa Café Campinho.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/349/ind02942023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/349/ind02942023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de construir uma quadra de areia no espaço de lazer do Bairro Novo Horizonte, que servirá para a prática de beach tênis, vôlei e peteca, bem como providenciar o fechamento das laterais com alambrados do campo de futebol existente no local e implantação de iluminação noturna para a quadra e o campo.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/353/ind02992023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/353/ind02992023.pdf</t>
   </si>
   <si>
     <t>Estudar a possibilidade de construir duas quadras de Beach Tennis e um Campo de Futebol na área verde em frente ao PSF Alvorada.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/354/ind03002023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/354/ind03002023.pdf</t>
   </si>
   <si>
     <t>Providenciar o recapeamento em toda a extensão da rua Lima Barreto, no bairro Jardim São Carlos.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/355/ind03012023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/355/ind03012023.pdf</t>
   </si>
   <si>
     <t>Providenciar operação tapa-buracos na Rua da Paz, no bairro Vila Betânia, bem como a pintura do quebra-molas que fica em frente à paineira existente nesta rua.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/356/ind03022023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/356/ind03022023.pdf</t>
   </si>
   <si>
     <t>Realizar limpeza e reparos no bueiro existente na Rua Joaquim Guarda, ao lado do número 121.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/358/ind03042023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/358/ind03042023.pdf</t>
   </si>
   <si>
     <t>Providenciar a reconstrução do asfalto na esquina da Rua Afrânio Peixoto com a Rua Castro Alves, no Bairro Jardim São Carlos.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/365/ind03112023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/365/ind03112023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de colocar postes de iluminação pública na entrada da Rua Braúnas, Bairro Vale Verde e, também, colocar placas com denominação das ruas em todo o bairro.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/366/ind03122023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/366/ind03122023.pdf</t>
   </si>
   <si>
     <t>Providenciar o recapeamento das Ruas Norte e Sul, do Bairro Recreio Vale do Sol.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/368/ind03142023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/368/ind03142023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de realizar uma operação tapa-buraco na avenida São José, próximo ao número 86.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/370/ind03162023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/370/ind03162023.pdf</t>
   </si>
   <si>
     <t>Realizar operação tapa-buracos na Rua Joaquim Bento de Souza, no trecho entre os imóveis de números 251 até 201, no Bairro Jardim Aeroporto 2.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/371/ind03172023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/371/ind03172023.pdf</t>
   </si>
   <si>
     <t>Realizar, o mais breve possível, operação tapa-buracos em todo o Bairro Colinas Park.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/372/ind03182023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/372/ind03182023.pdf</t>
   </si>
   <si>
     <t>Providenciar a reconstrução e limpeza do meio fio, da calçada existente na Rua Emílio de Menezes, Bairro Santa Edwiges, bem como proceder com a limpeza no terreno de propriedade do Exército, que fica ao lado desta calçada.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/373/ind03192023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/373/ind03192023.pdf</t>
   </si>
   <si>
     <t>Realizar mutirão de capina e limpeza das guias de meio fio na rua Alberto de Oliveira e Carlos Drumond de Andrade, bem como a poda das árvores que se encontram no inicio da rua Alberto de Oliveira, no bairro Jardim São Carlos.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/374/ind03202023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/374/ind03202023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de rampear as bordas (taludes) do trecho asfaltado da estrada do Matão e, se possível, fazer canaletas e meios-fios.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/378/ind03242023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/378/ind03242023.pdf</t>
   </si>
   <si>
     <t>Instalar um abrigo na parada de ônibus localizada na Av. José Paulino da Costa, em frente ao n° 876, no Bairro Cruz Preta.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/380/ind03262023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/380/ind03262023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de providenciar iluminação e manutenção dos postes, poda de mato e limpeza geral nas Ruas Perdões e São Gonçalo do Sapucaí, no bairro Residencial Oliveira.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/385/ind03312023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/385/ind03312023.pdf</t>
   </si>
   <si>
     <t>Realizar reforma na sede da Ouvidoria do Município de Alfenas, localizada no Terminal Rodoviário, na Praça Dr. Emilio da Silveira.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/386/ind03322023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/386/ind03322023.pdf</t>
   </si>
   <si>
     <t>Providenciar operação tapa-buracos na Rua Avelino Batista de Andrade, em frente à residência de número 1356, no Bairro Jardim Alvorada.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/388/ind03342023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/388/ind03342023.pdf</t>
   </si>
   <si>
     <t>Estudar a possibilidade de realizar obras de melhorias no campo de malha, do campo de futebol que fica ao lado da Escola Estadual Padre José Grimmink, bairro Pinheirinho, bem como, se possível, levar iluminação às proximidades desse local.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/390/ind03362023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/390/ind03362023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de fazer um mutirão de limpeza em todos os bueiros e também colocar grade de proteção naqueles bueiros que não tem, nos bairros Jardim Nova América e Jardim América 1, 2 e 3.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/391/ind03372023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/391/ind03372023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de passar a máquina na estrada da Cava (antiga estrada velha da Fama), começando no Jardim Aeroporto até no tratamento de água da Copasa da Fama.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/393/ind03392023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/393/ind03392023.pdf</t>
   </si>
   <si>
     <t>Fazer a calçada, através de parceria empresarial, em toda a sua extensão, na área verde, da Rua Américo Totti. No mesmo trecho, na Rua Américo Totti, em toda a sua extensão, colocar sinalização de trânsito separando a via que dá sentido à subida e descida de veículos.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/394/ind03402023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/394/ind03402023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de fazer uma limpeza e cercar um pequeno trecho de aproximadamente 15 metros, nas costas da nascente da mina d'água da Vila Teixeira, com mourão bem alto de madeira e arame farpado.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/395/ind03412023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/395/ind03412023.pdf</t>
   </si>
   <si>
     <t>Providenciar a revitalização e a colocação de grades de proteção no bueiro localizado na Rua Umbelina da Silveira Pinto, próximo ao número 541, no Bairro Residencial Oliveira.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/396/ind03422023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/396/ind03422023.pdf</t>
   </si>
   <si>
     <t>Providenciar a colocação de um bueiro em frente ao ponto de ônibus, na rua José Resck, no Bairro Vista Grande, ou em local próximo e mais indicado, de forma a propiciar o correto escoamento da água, tendo em vista que a ausência de bueiro na rua, atrelado ao fato de haver um buraco no asfalto, faz com que haja constantemente água acumulada. Indico ainda, que seja realizada a reforma do parquinho infantil do bairro, que está destruído.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/399/ind03452023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/399/ind03452023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de realizar um projeto de continuação da perimetral oeste, com acesso à BR 369.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/400/ind03462023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/400/ind03462023.pdf</t>
   </si>
   <si>
     <t>Fazer a manutenção em todos os parquinhos infantis de ferro, ou fazer a substituição daqueles que não tiverem condições de ser reformados, por parquinhos de madeira, em todas as praças da nossa cidade.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/401/ind03472023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/401/ind03472023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de colocação de uma passagem elevada para pedestres próximo à caixa d'água, no bairro Vista Grande, e próximo à Escola Estadual Dr. Napoleão Sales, no município de Alfenas.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/403/ind03492023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/403/ind03492023.pdf</t>
   </si>
   <si>
     <t>Realizar as seguintes melhorias no Bairro Jardim Primavera:_x000D_
 - Fazer uma limpeza geral (poda de mato e varrição) nos arredores das quadras e campos de futebol._x000D_
 - Pintura das quadras._x000D_
 - Instalação de cabines nos pontos de ônibus.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/473/ind03512023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/473/ind03512023.pdf</t>
   </si>
   <si>
     <t>Fazer o conserto do bueiro e do asfalto, que foi arrancado pela chuva, na Rua Vicente Lomonte, em frente ao nº 93, ao lado da Escola Estadual Dirce Moura Leite.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/474/ind03522023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/474/ind03522023.pdf</t>
   </si>
   <si>
     <t>Projetar a construção de uma quadra de futebol nas imediações dos bairros Santa Maria, Panorama e Alda Caetani.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/475/ind03532023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/475/ind03532023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de implantar, o mais breve possível, um parquinho de madeira na Escola Municipal Adolpho Engel, no Distrito de Barranco Alto.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/479/ind03572023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/479/ind03572023.pdf</t>
   </si>
   <si>
     <t>Realizar a construção de uma faixa elevada de pedestres na Avenida Henrique Munhoz Garcia, em frente ao número 430, de ambos os lados, bem como na Avenida Governador Valadares, próximo ao supermercado Alvorada, também de ambos os lados, tendo em vista que foram colocadas placas indicando a existência de passagem para pedestres e nunca foram implantadas as faixas elevadas.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/483/ind03612023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/483/ind03612023.pdf</t>
   </si>
   <si>
     <t>Fazer a reforma de toda a pracinha localizada em frente à Escola Antônio Joaquim Vieira (Polivalente), bem como instalar câmera de segurança no local.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/486/ind03642023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/486/ind03642023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de recapear a Rua Capistrano de Abreu, esquina com a Rua Alberto de Oliveira, no bairro Jardim São Carlos.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/487/ind03652023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/487/ind03652023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de colocar um novo banco de concreto e consertar o balanço do parquinho da APAE, localizado na Praça Padre Afonso Van Graff, fotos anexas, pois o banco está quebrado no chão e o balanço arrebentado.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/491/ind03692023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/491/ind03692023.pdf</t>
   </si>
   <si>
     <t>Realizar uma reforma na antiga escola do bairro Baguari, que hoje é usada, improvisadamente, como Posto de Saúde e, ainda se possível, estudar a possibilidade de instalação de um parque infantil neste local.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Providenciar a reforma da quadra da Vila Formosa.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/493/ind03712023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/493/ind03712023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de dar manutenção na estrada que liga o bairro Pinheirinho até a entrada da Associação Atlética Banco do Brasil, na cidade de Alfenas.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/495/ind03732023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/495/ind03732023.pdf</t>
   </si>
   <si>
     <t>Providenciar operação tapa-buracos na Rua Sete de Setembro.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/496/ind03742023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/496/ind03742023.pdf</t>
   </si>
   <si>
     <t>Fazer uma operação tapa-buracos na Rua Nabor Toledo Alves, bem como uma operação tapa-buracos e limpeza na Rua Sete de Setembro, que é ao lado.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/499/ind03772023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/499/ind03772023.pdf</t>
   </si>
   <si>
     <t>Realizar um mutirão de limpeza, e proceder com a troca das lâmpadas queimadas do Bairro rural Barranco Alto.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/502/ind03782023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/502/ind03782023.pdf</t>
   </si>
   <si>
     <t>Realizar a devida limpeza e operação tapa-buracos na Rua Braúna, Bairro Residencial Vale Verde.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/516/ind03852023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/516/ind03852023.pdf</t>
   </si>
   <si>
     <t>Executar operação tapa-buracos na Rua São Miguel, no Bairro Boa Esperança, em toda a sua extensão.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/509/ind03892023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/509/ind03892023.pdf</t>
   </si>
   <si>
     <t>Providenciar operação tapa-buracos na Rua Wanderley de Castro, no Bairro Jardim América III.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/519/ind03982023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/519/ind03982023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de colocar tampas de proteção nos bueiros das Ruas Leão de Faria esquina com Av. Afonso Pena, Rua Afonso Arinos e Rua_x000D_
 Nicolau Coutinho. São 3 bueiros conforme as fotos anexas, que tiveram suas tampas roubadas há mais de 6 meses.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/521/ind04002023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/521/ind04002023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de recapear a Rua da Paz no Bairro Vila Betânia, em toda a sua extensão.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/525/ind04042023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/525/ind04042023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de construir uma pista de skate próximo ao campo e às quadras do bairro Chapada.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/526/ind04052023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/526/ind04052023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de plantar gramas, fazer a limpeza e desmanchar um formigueiro existente na área verde no bairro Jardim Aeroporto, entre as Ruas Joaquim Bernardes da Silva e Jaime Santos.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/529/ind04082023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/529/ind04082023.pdf</t>
   </si>
   <si>
     <t>Ver a possibilidade de construir uma quadra de beach tennis no bairro Chapada.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/532/ind04112023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/532/ind04112023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de passar máquina e cascalhar as estradas rurais de acesso aos bairros Cascalho, Matão, Esteves e Bárbaras, começando pela propriedade do Sr. Paulo Camilo até o sítio do Divininho.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/534/ind04132023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/534/ind04132023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de recapear toda a extensão da Rua Alberto de Oliveira, no bairro Jardim São Carlos.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/539/ind04182023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/539/ind04182023.pdf</t>
   </si>
   <si>
     <t>Implantar redutores de velocidade, por meio de lombadas ou outro meio eficaz para diminuir o risco de acidentes, na Rua da Saudade, próximo a entrada do colégio CRA, pinturas de separação das vias, vagas de estacionamento, faixas de pedestres, instalar barras de ferro na calçada da esquina (casa n. 49).</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/550/ind04292023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/550/ind04292023.pdf</t>
   </si>
   <si>
     <t>Estudar a possibilidade de fazer a pavimentação asfáltica no Bairro Córrego dos Olhos , próximo a Gaspar Lopes.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/551/ind04302023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/551/ind04302023.pdf</t>
   </si>
   <si>
     <t>Estudar a possibilidade de construir uma pista de caminhada na Av. Ayrton Sena, no início do bairro Jd. Alto da Boa Vista até a Universidade Federal - UNIFAL.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/555/ind04342023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/555/ind04342023.pdf</t>
   </si>
   <si>
     <t>Providenciar a limpeza e a manutenção da calçada nos fundos do Colégio Polivalente, ou seja, na rua Bias Fortes, providenciando também a construção de rampas de acessibilidade no local.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/556/ind04352023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/556/ind04352023.pdf</t>
   </si>
   <si>
     <t>Providenciar um mutirão de limpeza, para varrição, retirada de mato dos meios-fios e limpeza de áreas verdes, na Avenida Lincoln Westin da Silveira, da esquina da Rua General Carneiro (bifurcação em Y) até a BR-369. Providenciar ainda a substituição do ponto de ônibus que foi destruído, próximo à BR-369, na calçada à frente da Vila Promessa.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/557/ind04362023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/557/ind04362023.pdf</t>
   </si>
   <si>
     <t>Providenciar a colocação de grade de proteção em um bueiro situado na Avenida Henrique Munhoz Garcia, no nº 866 - bairro Morada do Sol.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/558/ind04372023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/558/ind04372023.pdf</t>
   </si>
   <si>
     <t>Solicitar o conserto, com urgência, das grades de 02 (dois) bueiros da Rua América, sendo o primeiro na esquina com a Rua Progresso e o segundo na bifurcação desta via pública com a Lincoln Westin da Silveira, no bairro Cruz Preta.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>Guinho</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/559/ind04382023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/559/ind04382023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de fazer novo piso de concreto no pátio da Igreja Matriz de São José e Nossa Senhora das Dores.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/562/ind04412023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/562/ind04412023.pdf</t>
   </si>
   <si>
     <t>Instalar um redutor de velocidade (quebra-molas), entre a Av. Paulo de Ávila Sales, e na Rua Josefina Sales Reis.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/565/ind04442023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/565/ind04442023.pdf</t>
   </si>
   <si>
     <t>Realizar operação tapa buracos na Rua João Pinheiro, próximo ao número 554, bem como na Rua João Paulino, próximo ao número 682.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/626/ind04622023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/626/ind04622023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de fazer a limpeza e colocar uma grade de proteção em um bueiro localizado na rua Angelim, em frente ao nº 131 e também fazer o reparo do asfalto ao redor do bueiro, no bairro Vale Verde.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/630/ind04662023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/630/ind04662023.pdf</t>
   </si>
   <si>
     <t>Reativar e realizar obras no campo de malha, do campo de futebol que fica ao lado da Escola Estadual Padre José Grimmink, bairro Pinheirinho, bem como instalar iluminação às proximidades desse local.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/631/ind04672023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/631/ind04672023.pdf</t>
   </si>
   <si>
     <t>Efetuar a construção de uma quadra de areia no espaço de lazer do Bairro Novo Horizonte, que servirá para a prática de Beach Tennis, vôlei e peteca, bem como providenciar o fechamento das laterais com alambrados do campo de futebol existente no local, e implantação de iluminação noturna para a quadra e para o campo.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/632/ind04682023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/632/ind04682023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de asfaltar o bairro rural Santa Cruz, começando no lavador de laranja até o sítio do Toninho.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/640/ind04762023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/640/ind04762023.pdf</t>
   </si>
   <si>
     <t>Disponibilizar parte da área verde do Bairro Alto do Aeroporto para a construção de um mirante no local, onde possui o pôr do sol mais lindo de Alfenas.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/643/ind04792023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/643/ind04792023.pdf</t>
   </si>
   <si>
     <t>Realizar operação tapa buracos na Rua Jorge Esteves da Laje, no bairro Vista Alegre, bem como um mutirão de limpeza, com retirada de matos_x000D_
 junto às guias de meios-fios em toda a sua extensão, bem como em todo o bairro Vista Alegre.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/645/ind04812023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/645/ind04812023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de asfaltar o Bairro Estiva.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/647/ind04852023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/647/ind04852023.pdf</t>
   </si>
   <si>
     <t>Promover reunião para discutir a viabilização de parte da área verde do Bairro Mont Serrat para a construção do 1º Parcão de Alfenas.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/648/ind04862023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/648/ind04862023.pdf</t>
   </si>
   <si>
     <t>Providenciar a colocação de grade de proteção em um dos bueiros da Av. Mário Barbosa Vieira, Loteamento Trevo (próximo ao MartMinas), bem como a reconstrução de outro bueiro, na mesma via, que se encontra bastante danificado.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/652/ind04902023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/652/ind04902023.pdf</t>
   </si>
   <si>
     <t>Refazer as cercas que foram retiradas do fundo das casas para a construção da pista de caminhada do córrego chafariz, essas casas ficam no inicio do córrego, no fundo da rua Felipe Neri, bairro Santa Rita.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/654/ind04922023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/654/ind04922023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de realizar a manutenção na estrada rural que dá acesso à entrada do bairro Gaspar Lopes.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/655/ind04932023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/655/ind04932023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de realizar o desentupimento do bueiro localizado na Rua Rui Barbosa, na altura do número 234, no bairro Residencial Aeroporto.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/656/ind04952023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/656/ind04952023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de realizar uma reforma geral nas quadras e no campo do Complexo Esportivo dos Santos Reis, Jardim Boa Esperança, Campos Elísios e do bairro Rural Gaspar Lopes (redes, iluminação, pintura, cobertura, reforma dos vestiários), assim como a cobertura nas laterais das quadras do bairro Pinheirinho.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/657/ind04972023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/657/ind04972023.pdf</t>
   </si>
   <si>
     <t>Realizar o recapeamento da Rua Saulo Prado Leite, em frente ao nº 895, Bairro Jardim Boa Esperança.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/659/ind04992023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/659/ind04992023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de dar continuidade na obra da pista de caminhada que liga o Jardim Atenas e o Parque Municipal.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/660/ind05002023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/660/ind05002023.pdf</t>
   </si>
   <si>
     <t>Ver a possibilidade de realizar a devida manutenção em um pequeno trecho, de 1 km de asfalto, na estrada vicinal rural que dá acesso ao bairro Matão.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/662/ind05022023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/662/ind05022023.pdf</t>
   </si>
   <si>
     <t>Realizar o desentupimento do bueiro da rua Rui Barbosa, na altura do número 234, no bairro Residencial Aeroporto.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/663/ind05032023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/663/ind05032023.pdf</t>
   </si>
   <si>
     <t>Realizar obra de cascalhamento da estrada que dá acesso ao Bairro Rural Paineiras.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/668/ind05042023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/668/ind05042023.pdf</t>
   </si>
   <si>
     <t>Construir uma quadra de bocha no complexo esportivo da Vila Formosa, próximo ao campo de futebol.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/664/ind05052023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/664/ind05052023.pdf</t>
   </si>
   <si>
     <t>Fazer o passeio no começo da pista de caminhada na Rua Feliciano Libânio da Silveira, próximo ao número 195.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/665/ind05062023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/665/ind05062023.pdf</t>
   </si>
   <si>
     <t>Fazer o recapeamento da rua Professora Dona Lili, no no bairro Por do Sol.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/666/ind05072023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/666/ind05072023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de prolongar a grade de proteção do bueiro existente na Rua General Carneiro, 165 - Parque das Nações.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/667/ind05082023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/667/ind05082023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de realizar melhorias na praça do Alto da Boa Vista, como colocação de bancos e parquinho de madeira, bem como plantio de árvores frutíferas.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/672/ind05122023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/672/ind05122023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de instalação de um parque infantil junto à academia ao ar livre, localizada no bairro Santos Reis, na cidade de Alfenas.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/675/ind05152023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/675/ind05152023.pdf</t>
   </si>
   <si>
     <t>Fazer o passeio em dois terrenos do município localizados na rua Uberlândia, um desses terrenos tem uma academia ao ar livre e o outro fica do lado debaixo da academia, no bairro Olímpia.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/679/ind05192023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/679/ind05192023.pdf</t>
   </si>
   <si>
     <t>Determinar a instalação de alambrado em volta do campo e, dois bancos de reserva para os jogadores, no campo de futebol localizado no bairro_x000D_
 Rural do Bárbaras.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/680/ind05202023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/680/ind05202023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de retirar as ferragens da antiga academia ao ar livre localizada na Rua Alferes Domingos Vieira e Silva e, posteriormente, fazer a revitalização do local.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/688/ind05292023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/688/ind05292023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de construir e instalar um Parque Infantil e uma Academia ao Ar Livre em um terreno da Prefeitura localizado na Rua Barão de Alfenas, nas proximidades do número 360, bairro Santa Luzia.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/690/ind05312023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/690/ind05312023.pdf</t>
   </si>
   <si>
     <t>Fazer o passeio em uma área verde localizada na rua São Gonçalo do Sapucaí, no bairro Residencial Oliveira, e também em uma outra área verde localizada na Avenida Américo de Oliveira, no bairro Residencial Oliveira até o bairro Jardim Olímpia.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/691/ind05322023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/691/ind05322023.pdf</t>
   </si>
   <si>
     <t>Reiterar indicação já feita por este mesmo vereador, para ver a possibilidade de fazer o passeio em um pequeno trecho (apenas em cima do córrego que corta esta via pública) na rua Joaquim Manso Viera, no morrão do querosene, na divisa entre os bairros Santa Rita, Tropical e Elite.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/692/ind05332023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/692/ind05332023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de colocar placas de identificação de ruas nos locais onde elas não se encontrarem, desentupir bueiros para vazão de águas das chuvas, finalizar as obras de melhoria que estão sendo feitas na Mina de água subterrânea da comunidade Residencial Oliveira.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/694/ind05352023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/694/ind05352023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de realizar a devida manutenção no local do desmoronamento do córrego, onde aconteceu uma erosão, no início da Rua Avelino Batista de Andrade, no Bairro Jardim Boa Esperança.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/698/ind05402023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/698/ind05402023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de reformar os parquinhos danificados do Bairro Santa Clara e fazer a troca dos brinquedos de ferro pelos de madeira.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/699/ind05412023.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/699/ind05412023.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de fazer a troca das lâmpadas queimadas dos postes de iluminação pública, bem como trocar o atual parquinho infantil de ferro por um de madeira, no bairro rural do Matão.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/702/indicacao_544_-_paulinho_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/702/indicacao_544_-_paulinho_assinada.pdf</t>
   </si>
   <si>
     <t>Solicita  agilizar da obra de tubulação com manilha 0,60m na última rua do Bairro Vista Alegre, antiga Travessa “J”, próximo ao córrego.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/835/indicacao_575_-_braz_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/835/indicacao_575_-_braz_assinada.pdf</t>
   </si>
   <si>
     <t>Fazer a sinalização (demarcação com pintura) de três quebra-molas localizados na Rua Alaor Ferreira da Fonseca, Bairro Jardim América.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/838/indicacao_578_-_tereza_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/838/indicacao_578_-_tereza_assinada.pdf</t>
   </si>
   <si>
     <t>Revitalização das calçadas em torno do terceiro Cemitério (Ruas Dom Silvério e Avenida Henrique Munhoz Garcia).</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/843/indicacao_582_-_tereza_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/843/indicacao_582_-_tereza_assinada.pdf</t>
   </si>
   <si>
     <t>Providenciar a realização de um estuo técnico com a finalidade de verificar a necessidade de elaboração de um projeto para construção de tubulação própria de drenagem para escoamento da água pluvial, além de galeria e bueiros em todo o Bairro Vista Grande.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/848/indicacao_585_-_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/848/indicacao_585_-_assinada.pdf</t>
   </si>
   <si>
     <t>Providenciar junto ao setor competente a reparação de um quebra-molas na Rua Avelino Paulo de Avelar Salles n°25, no Bairro Pinheirinho.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/869/indicacao_595_-_katia_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/869/indicacao_595_-_katia_assinada.pdf</t>
   </si>
   <si>
     <t>Tomar as providências necessárias a fim de consertar um bueiro na Avenida Lincoln Westin da Silveira, nº 715, no Bairro Cruz Preta, no local em frente ao Som Peças e Acessórios do Donatinho.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/878/indicacao_602_-_teresa_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/878/indicacao_602_-_teresa_assinada.pdf</t>
   </si>
   <si>
     <t>Verificar a situação da irregularidade de uma caixa de concreto que abriga cabos de energia que se encontra no solo da calçada da mão inglesa, na Praça Getúlio Vargas, e providencie a imediata adequação para evitar a ocorrência de acidentes.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/893/indicacao_614-_ratinho.assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/893/indicacao_614-_ratinho.assinado.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de realizar obras de melhoria na iluminação, preenchimento de areia para melhorar as práticas esportivas e limpeza da Quadra de Areia da Escola CAIC.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/909/indicacao_625_-_paulinho_-_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/909/indicacao_625_-_paulinho_-_assinada.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de fazer uma ligação da Avenida Antônio Marcial de Faria com a Travessa J, no Bairro Vista Alegre.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/938/indicacao_648_-_solar_-_assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/938/indicacao_648_-_solar_-_assinado.pdf</t>
   </si>
   <si>
     <t>Providenciar operação tapa-buracos na Rua Tiradentes, na altura do número 1 ao 400.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/950/indicacao_658_-_katia_assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/950/indicacao_658_-_katia_assinado.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de realizar o desentupimento do bueiro localizado na Rua João Anny Rey, esquina com Rua Américo Totti, próximo nº 74.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/968/indicacao_675-_tereza.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/968/indicacao_675-_tereza.pdf</t>
   </si>
   <si>
     <t>Fazer a realocação de um poste de energia elétrica situado na Rua Emerson Engel, em frente ao número 137, no Bairro São Lucas.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/999/indicacao_698_-_dunga_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/999/indicacao_698_-_dunga_assinada.pdf</t>
   </si>
   <si>
     <t>Providenciaar o recapeamento do asfalto que está cedendo na Rua Rodolfo Prado, próximo ao número 354, e em toda a sua extensão.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1018/indicacao_713_-_katia_-_assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1018/indicacao_713_-_katia_-_assinado.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de realizar operação tapa-buracos na Rua João de Sousa Sobrinho em frente ao número 1456, no local próximo à Escola Tancredo Neves - Bairro Jardim América.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1043/indicacao_735_-_braz_assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1043/indicacao_735_-_braz_assinado.pdf</t>
   </si>
   <si>
     <t>Fazer uma operação tapa-buracos em todas as ruas do Bairro Jardim América.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1046/indicacao_738-_katia_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1046/indicacao_738-_katia_assinada.pdf</t>
   </si>
   <si>
     <t>Fazer uma drenagem urgente na Avenida Manoel Alves Taveira, no local em frente ao Alfenas Tênis Clube - ATC, nos dois lados da via, no qual há um extenso trecho de água empossada com muita lama que está ocasionando mau cheiro e dificultando o estacionamento dos veículos.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1071/indicacao_758-_katia_assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1071/indicacao_758-_katia_assinado.pdf</t>
   </si>
   <si>
     <t>Providenciar junto ao setor competente uma alternativa para possibilitar o escoamento da água na Av. Gov. Valadares, na altura do nº 883, que invade o Bar Espetinho do Chefe e os demais comércios na mesma calçada, para que não invada mais as dependências desses locais.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1155/indicacao_775-_katia_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1155/indicacao_775-_katia_assinada.pdf</t>
   </si>
   <si>
     <t>Providenciar junto ao setor competente fazer reparos necessários e a iluminação da pista de caminhada do Bairro Santa Clara. Assim, também, comunicar os responsáveis pelo esgoto pois está saindo por cima da pista de caminhada e com muito mau cheiro, na Rua Imaculada Conceição n.109, Bairro Santa Clara.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1199/indicacao_780.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1199/indicacao_780.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de fazer uma reforma geral no galpão, de propriedade da Prefeitura, situado no Distrito de Barranco Alto onde funciona o Projeto Cidade Escola.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1287/indicacao_7852023-_assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1287/indicacao_7852023-_assinado.pdf</t>
   </si>
   <si>
     <t>Realizar uma limpeza em toda a extensão da Avenida Machado de Assis (capina e roçagem dos canteiros), começando no trevinho até à Padaria Barcelona, no Bairro Jardim São Carlos e, assim também fazer um mutirão de limpeza e operação tapa-buracos em todas as ruas do Bairro Pôr do Sol 2.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1290/indicacao_788-_katia_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1290/indicacao_788-_katia_assinada.pdf</t>
   </si>
   <si>
     <t>Providenciar junto ao setor competente realizar operação tapa-buracos e uma limpeza da Rua Osmar Brás dos Reis, no local próximo ao nº 51, Jardim Elite.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1363/indicacao_809_-_paulinho_-_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1363/indicacao_809_-_paulinho_-_assinada.pdf</t>
   </si>
   <si>
     <t>Elevar a altura dos muros do EMEI Dona Zinica, no Bairro Jardim São Carlos.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1370/indicacao_816_-_vardema_assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1370/indicacao_816_-_vardema_assinado.pdf</t>
   </si>
   <si>
     <t>Providenciar junto ao setor competente a limpeza do bueiro localizado na Rua Leão de Faria, esquina com a Rua Padre João Batista, no Centro.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1542/indicacao_848_-_paulinho.assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1542/indicacao_848_-_paulinho.assinada.pdf</t>
   </si>
   <si>
     <t>Interceder junto à Secretaria Municipal de Obras no sentido de verificar a possibilidade de limpar as margens da rodovia que liga o Bairro Pinheirinho com a BR-491, principalmente em frente às chácaras do Sítio Bambuzal.</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1646/indicacao_875_-_teresa_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1646/indicacao_875_-_teresa_assinada.pdf</t>
   </si>
   <si>
     <t>Realizar reforma no Cemei Professor Leco - José Vieira Rodrigues – (Creche do Pinheirinho).</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1649/indicacao_878_-_ratinho.assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1649/indicacao_878_-_ratinho.assinado.pdf</t>
   </si>
   <si>
     <t>Solicitação de obras de recapeamento asfáltico (operação tapa buracos) em via de trânsito urbano na cidade de Alfenas – MG.</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1654/indicacao_882_-_dominguinhos_assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1654/indicacao_882_-_dominguinhos_assinado.pdf</t>
   </si>
   <si>
     <t>Realizar reconstrução da ponte situada na Rua Dona Isaura Magalhaes Silveira, no Bairro Jardim São Paulo.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1662/indicacao_888_-_katia_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1662/indicacao_888_-_katia_assinada.pdf</t>
   </si>
   <si>
     <t>Fazer o nivelamento do asfalto que se encontra cheio de irregularidades, na via pública em frente à portaria principal da UNIFAL, bem como fazer faixas de travessia de pedestres no local.</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1826/indicacao_938_-_paulinho_-_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1826/indicacao_938_-_paulinho_-_assinada.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de fazer uma reforma na Creche do Bairro Santos Reis.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1833/indicacao_945_-_braz_assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1833/indicacao_945_-_braz_assinado.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de construir um PSF para atender a população dos bairros Residencial Júlio Alves, Residencial Oliveira e Residencial Jardim Olímpia nesta cidade de Alfenas.</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1849/indicacao_958_-_teresa_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1849/indicacao_958_-_teresa_assinada.pdf</t>
   </si>
   <si>
     <t>Realizar a devida sinalização por meio de pintura na lombada situada na Rua João de Souza Sobrinho, em frente ao número 1374.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3282,67 +3282,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/449/pdl00042023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/208/rq00162023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/214/rq00222023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/215/rq00232023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/219/rq00272023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/14/ind00012023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/2/ind00032023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/3/ind00042023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/5/ind00062023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/6/ind00072023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/7/ind00082023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/8/ind00092023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/10/ind00112023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/11/ind00122023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/15/ind00152023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/18/ind00182023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/20/ind00202023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/21/ind00212023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/26/ind00262023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/27/ind00272023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/29/ind00292023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/31/ind00312023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/32/ind00322023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/33/ind00332023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/34/ind00342023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/37/ind00372023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/39/ind00392023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/41/ind00412023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/43/ind00432023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/46/ind00462023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/48/ind00482023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/50/ind00502023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/51/ind00512023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/53/ind00542023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/55/ind00562023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/59/ind00602023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/62/ind00642023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/65/ind00672023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/66/ind00682023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/68/ind00702023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/69/ind00712023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/70/ind00722023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/73/ind00752023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/80/ind00822023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/83/ind00852023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/86/ind00882023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/88/ind00902023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/89/ind00912023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/90/ind00922023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/91/ind00932023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/98/ind01002023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/100/ind01022023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/101/ind01032023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/102/ind01042023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/103/ind01052023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/105/ind01072023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/107/ind01092023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/108/ind01102023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/109/ind01112023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/110/ind01122023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/111/ind01132023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/113/ind01152023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/115/ind01172023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/117/ind01192023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/118/ind01202023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/120/ind01222023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/121/ind01232023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/123/ind01252023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/125/ind01272023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/126/ind01282023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/128/ind01302023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/129/ind01312023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/131/ind01332023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/133/ind01352023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/136/ind01382023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/141/ind01442023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/144/ind01472023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/145/ind01482023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/146/ind01492023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/147/ind01502023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/150/ind01532023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/158/ind01612023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/161/ind01652023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/163/ind01672023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/168/ind01722023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/170/ind01742023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/172/ind01762023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/173/ind01772023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/174/ind01782023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/175/ind01792023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/176/ind01802023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/177/ind01812023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/179/ind01832023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/180/ind01852023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/181/ind01862023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/250/ind01932023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/251/ind01942023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/253/ind01962023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/257/ind02002023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/258/ind02012023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/260/ind02032023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/263/ind02062023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/269/ind02142023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/274/ind02192023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/276/ind02212023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/279/ind02242023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/281/ind02262023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/282/ind02272023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/283/ind02282023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/285/ind02302023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/288/ind02332023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/289/ind02342023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/291/ind02362023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/294/ind02392023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/295/ind02402023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/296/ind02412023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/297/ind02422023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/298/ind02432023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/306/ind02512023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/311/ind02562023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/312/ind02572023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/316/ind02612023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/321/ind02662023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/322/ind02672023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/327/ind02722023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/330/ind02752023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/333/ind02782023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/335/ind02802023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/336/ind02812023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/340/ind02852023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/341/ind02862023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/342/ind02872023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/345/ind02902023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/349/ind02942023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/353/ind02992023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/354/ind03002023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/355/ind03012023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/356/ind03022023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/358/ind03042023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/365/ind03112023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/366/ind03122023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/368/ind03142023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/370/ind03162023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/371/ind03172023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/372/ind03182023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/373/ind03192023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/374/ind03202023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/378/ind03242023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/380/ind03262023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/385/ind03312023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/386/ind03322023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/388/ind03342023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/390/ind03362023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/391/ind03372023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/393/ind03392023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/394/ind03402023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/395/ind03412023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/396/ind03422023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/399/ind03452023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/400/ind03462023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/401/ind03472023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/403/ind03492023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/473/ind03512023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/474/ind03522023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/475/ind03532023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/479/ind03572023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/483/ind03612023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/486/ind03642023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/487/ind03652023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/491/ind03692023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/493/ind03712023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/495/ind03732023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/496/ind03742023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/499/ind03772023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/502/ind03782023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/516/ind03852023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/509/ind03892023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/519/ind03982023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/521/ind04002023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/525/ind04042023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/526/ind04052023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/529/ind04082023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/532/ind04112023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/534/ind04132023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/539/ind04182023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/550/ind04292023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/551/ind04302023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/555/ind04342023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/556/ind04352023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/557/ind04362023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/558/ind04372023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/559/ind04382023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/562/ind04412023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/565/ind04442023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/626/ind04622023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/630/ind04662023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/631/ind04672023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/632/ind04682023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/640/ind04762023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/643/ind04792023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/645/ind04812023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/647/ind04852023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/648/ind04862023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/652/ind04902023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/654/ind04922023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/655/ind04932023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/656/ind04952023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/657/ind04972023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/659/ind04992023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/660/ind05002023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/662/ind05022023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/663/ind05032023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/668/ind05042023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/664/ind05052023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/665/ind05062023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/666/ind05072023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/667/ind05082023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/672/ind05122023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/675/ind05152023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/679/ind05192023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/680/ind05202023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/688/ind05292023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/690/ind05312023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/691/ind05322023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/692/ind05332023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/694/ind05352023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/698/ind05402023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/699/ind05412023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/702/indicacao_544_-_paulinho_assinada.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/835/indicacao_575_-_braz_assinada.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/838/indicacao_578_-_tereza_assinada.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/843/indicacao_582_-_tereza_assinada.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/848/indicacao_585_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/869/indicacao_595_-_katia_assinada.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/878/indicacao_602_-_teresa_assinada.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/893/indicacao_614-_ratinho.assinado.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/909/indicacao_625_-_paulinho_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/938/indicacao_648_-_solar_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/950/indicacao_658_-_katia_assinado.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/968/indicacao_675-_tereza.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/999/indicacao_698_-_dunga_assinada.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1018/indicacao_713_-_katia_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1043/indicacao_735_-_braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1046/indicacao_738-_katia_assinada.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1071/indicacao_758-_katia_assinado.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1155/indicacao_775-_katia_assinada.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1199/indicacao_780.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1287/indicacao_7852023-_assinado.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1290/indicacao_788-_katia_assinada.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1363/indicacao_809_-_paulinho_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1370/indicacao_816_-_vardema_assinado.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1542/indicacao_848_-_paulinho.assinada.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1646/indicacao_875_-_teresa_assinada.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1649/indicacao_878_-_ratinho.assinado.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1654/indicacao_882_-_dominguinhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1662/indicacao_888_-_katia_assinada.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1826/indicacao_938_-_paulinho_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1833/indicacao_945_-_braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1849/indicacao_958_-_teresa_assinada.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/449/pdl00042023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/208/rq00162023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/214/rq00222023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/215/rq00232023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/219/rq00272023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/14/ind00012023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/2/ind00032023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/3/ind00042023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/5/ind00062023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/6/ind00072023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/7/ind00082023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/8/ind00092023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/10/ind00112023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/11/ind00122023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/15/ind00152023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/18/ind00182023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/20/ind00202023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/21/ind00212023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/26/ind00262023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/27/ind00272023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/29/ind00292023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/31/ind00312023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/32/ind00322023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/33/ind00332023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/34/ind00342023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/37/ind00372023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/39/ind00392023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/41/ind00412023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/43/ind00432023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/46/ind00462023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/48/ind00482023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/50/ind00502023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/51/ind00512023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/53/ind00542023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/55/ind00562023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/59/ind00602023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/62/ind00642023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/65/ind00672023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/66/ind00682023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/68/ind00702023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/69/ind00712023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/70/ind00722023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/73/ind00752023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/80/ind00822023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/83/ind00852023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/86/ind00882023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/88/ind00902023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/89/ind00912023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/90/ind00922023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/91/ind00932023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/98/ind01002023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/100/ind01022023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/101/ind01032023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/102/ind01042023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/103/ind01052023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/105/ind01072023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/107/ind01092023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/108/ind01102023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/109/ind01112023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/110/ind01122023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/111/ind01132023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/113/ind01152023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/115/ind01172023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/117/ind01192023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/118/ind01202023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/120/ind01222023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/121/ind01232023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/123/ind01252023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/125/ind01272023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/126/ind01282023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/128/ind01302023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/129/ind01312023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/131/ind01332023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/133/ind01352023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/136/ind01382023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/141/ind01442023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/144/ind01472023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/145/ind01482023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/146/ind01492023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/147/ind01502023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/150/ind01532023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/158/ind01612023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/161/ind01652023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/163/ind01672023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/168/ind01722023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/170/ind01742023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/172/ind01762023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/173/ind01772023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/174/ind01782023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/175/ind01792023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/176/ind01802023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/177/ind01812023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/179/ind01832023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/180/ind01852023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/181/ind01862023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/250/ind01932023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/251/ind01942023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/253/ind01962023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/257/ind02002023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/258/ind02012023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/260/ind02032023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/263/ind02062023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/269/ind02142023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/274/ind02192023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/276/ind02212023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/279/ind02242023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/281/ind02262023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/282/ind02272023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/283/ind02282023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/285/ind02302023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/288/ind02332023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/289/ind02342023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/291/ind02362023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/294/ind02392023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/295/ind02402023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/296/ind02412023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/297/ind02422023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/298/ind02432023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/306/ind02512023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/311/ind02562023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/312/ind02572023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/316/ind02612023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/321/ind02662023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/322/ind02672023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/327/ind02722023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/330/ind02752023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/333/ind02782023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/335/ind02802023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/336/ind02812023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/340/ind02852023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/341/ind02862023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/342/ind02872023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/345/ind02902023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/349/ind02942023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/353/ind02992023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/354/ind03002023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/355/ind03012023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/356/ind03022023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/358/ind03042023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/365/ind03112023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/366/ind03122023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/368/ind03142023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/370/ind03162023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/371/ind03172023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/372/ind03182023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/373/ind03192023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/374/ind03202023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/378/ind03242023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/380/ind03262023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/385/ind03312023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/386/ind03322023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/388/ind03342023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/390/ind03362023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/391/ind03372023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/393/ind03392023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/394/ind03402023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/395/ind03412023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/396/ind03422023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/399/ind03452023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/400/ind03462023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/401/ind03472023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/403/ind03492023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/473/ind03512023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/474/ind03522023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/475/ind03532023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/479/ind03572023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/483/ind03612023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/486/ind03642023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/487/ind03652023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/491/ind03692023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/493/ind03712023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/495/ind03732023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/496/ind03742023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/499/ind03772023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/502/ind03782023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/516/ind03852023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/509/ind03892023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/519/ind03982023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/521/ind04002023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/525/ind04042023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/526/ind04052023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/529/ind04082023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/532/ind04112023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/534/ind04132023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/539/ind04182023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/550/ind04292023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/551/ind04302023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/555/ind04342023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/556/ind04352023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/557/ind04362023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/558/ind04372023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/559/ind04382023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/562/ind04412023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/565/ind04442023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/626/ind04622023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/630/ind04662023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/631/ind04672023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/632/ind04682023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/640/ind04762023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/643/ind04792023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/645/ind04812023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/647/ind04852023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/648/ind04862023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/652/ind04902023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/654/ind04922023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/655/ind04932023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/656/ind04952023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/657/ind04972023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/659/ind04992023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/660/ind05002023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/662/ind05022023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/663/ind05032023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/668/ind05042023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/664/ind05052023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/665/ind05062023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/666/ind05072023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/667/ind05082023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/672/ind05122023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/675/ind05152023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/679/ind05192023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/680/ind05202023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/688/ind05292023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/690/ind05312023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/691/ind05322023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/692/ind05332023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/694/ind05352023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/698/ind05402023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/699/ind05412023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/702/indicacao_544_-_paulinho_assinada.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/835/indicacao_575_-_braz_assinada.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/838/indicacao_578_-_tereza_assinada.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/843/indicacao_582_-_tereza_assinada.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/848/indicacao_585_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/869/indicacao_595_-_katia_assinada.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/878/indicacao_602_-_teresa_assinada.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/893/indicacao_614-_ratinho.assinado.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/909/indicacao_625_-_paulinho_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/938/indicacao_648_-_solar_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/950/indicacao_658_-_katia_assinado.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/968/indicacao_675-_tereza.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/999/indicacao_698_-_dunga_assinada.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1018/indicacao_713_-_katia_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1043/indicacao_735_-_braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1046/indicacao_738-_katia_assinada.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1071/indicacao_758-_katia_assinado.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1155/indicacao_775-_katia_assinada.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1199/indicacao_780.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1287/indicacao_7852023-_assinado.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1290/indicacao_788-_katia_assinada.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1363/indicacao_809_-_paulinho_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1370/indicacao_816_-_vardema_assinado.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1542/indicacao_848_-_paulinho.assinada.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1646/indicacao_875_-_teresa_assinada.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1649/indicacao_878_-_ratinho.assinado.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1654/indicacao_882_-_dominguinhos_assinado.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1662/indicacao_888_-_katia_assinada.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1826/indicacao_938_-_paulinho_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1833/indicacao_945_-_braz_assinado.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1849/indicacao_958_-_teresa_assinada.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H261"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="27.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="111.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="111" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>