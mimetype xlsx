--- v0 (2026-02-05)
+++ v1 (2026-03-27)
@@ -54,142 +54,142 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>CACMA - Comissão de Acompanhamento de Contrapartidas do Município Alfenas, Professor Luciano Solar, Dominguinhos Eletricista, Márcio Dunga</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/847/requerimento_52.2023_-_comissao_de_acompanhamento_de_instalacao_de_empresas_e_de_contrapartidas_-_ass.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/847/requerimento_52.2023_-_comissao_de_acompanhamento_de_instalacao_de_empresas_e_de_contrapartidas_-_ass.pdf</t>
   </si>
   <si>
     <t>Assunto: Solicita Informações e/ou Providências_x000D_
  _x000D_
 Os Membros da Comissão de Acompanhamento das Instalações de Empresas e das Execuções de Contrapartidas do Município de Alfenas, constituída através da Resolução nº 11/2021, prorrogada pela Resolução nº 03/2023 e modificada pela Resolução nº 04/2023, REQUEREM ao Prefeito Municipal e/ou ao setor competente, após ouvido o Plenário e com fulcro no artigo 106 da Resolução n° 04/2016, especialmente o que preconiza o §3°, inciso VI, do Regimento Interno desta Casa Legislativa, que sejam prestadas as informações abaixo requeridas, bem como que sejam adotadas providências, quanto ao que segue:_x000D_
 _x000D_
 I- Com relação a Lei Municipal nº 4.925/2019, a qual fora revogada por iniciativa do Executivo, vimos requerer o devido procedimento para retirada dos postes do local, visto que a empresa está utilizando do equipamento público sem que haja qualquer lei autorizativa. Além disso, o Executivo poderá realizar processo licitatório, caso entenda necessário, para adjudicação do imóvel ou doação nos termos da lei, objetivando que a empresa possa gerar empregos e renda para o município._x000D_
 _x000D_
 II- Lei Municipal nº 5.011/2021: a empresa beneficiária - Macrofer, invadiu parte da área pública que seria destinada à Creche existente no local, portanto, que o Executivo possa cessar esta ilegalidade através dos setores de fiscalização e segurança. Inclusive, o barracão em que se constituiu a permuta, encontra-se abandonado, assim servindo para acúmulo de sujeiras e animais peçonhentos, portanto, que   verifiquem a possibilidade de transformar em um centro comunitário do bairro ou equipamento público de atendimento à população._x000D_
 _x000D_
 III- Lei Municipal nº 4.924/2019: a empresa locou o imóvel e ainda não obteve uma resolutividade, sendo assim, visando o respeito à legislação, o Executivo deveria aumentar o prazo de inalienabilidade para 15 (quinze) anos, ou que a Prefeitura realize com urgência a reversão do imóvel ou outra medida que atenda a supremacia do interesse público, como a possibilidade em receber outros imóveis como forma de pagamento daquele que havia sido doado._x000D_
 _x000D_
 IV- O Executivo realizou a doação de áreas em local sem a devida infraestrutura necessária, ou seja, as empresas beneficiárias não tiveram condições de construção na Avenida 15 de Outubro - Distrito Industrial de Alfenas, portanto, cabe a Prefeitura realizar as obras no local ou proceder as revogações de leis devidas, com a devolução de recursos, em caso de pagamento de contrapartida já realizada._x000D_
 _x000D_
 V- Com relação às empresas que foram contempladas na Rua Pedro Tercetti, o Executivo concedeu a liberação de construção em agosto de 2022, portanto, seria plausível aumentar o prazo das empresas para término de suas sedes até agosto de 2024, caso entendam desta forma, porém, é necessário manter um agente público para fiscalizar e debater junto às empresas, para término desses empreendimentos._x000D_
 _x000D_
 VI- Lei Municipal nº 4.812/2018: também precisa ter um desfecho salutar ao Poder Público, pois a empresa construiu apenas muros, os quais atualmente encontram-se deteriorados e sob ruínas, portanto, que o Executivo promova a reversão do imóvel ou analise a reversão automática que consta do instrumento legal, ou até mesmo encaminhe projeto de revogação da Lei para posterior destinação daquele imóvel._x000D_
 _x000D_
 VII- Lei Municipal nº 5.043/2021: possui diversas empresas beneficiárias, com o término de suas sedes no mês de setembro do corrente ano, além dos cuidados com as áreas verdes inerentes a cada um dos respectivos beneficiários, portanto, que o Executivo determine um agente público para interceder no cumprimento da referida lei._x000D_
 _x000D_
 J U S T I F I C A T I V A_x000D_
  _x000D_
 A presente solicitação encontra respaldo na função fiscalizadora própria do Poder Legislativo de controle dos atos do Poder Executivo, bem como objetiva possibilitar a continuidade dos trabalhos executados pela referida Comissão, garantindo a fiel execução e o devido cumprimento da legislação municipal, em conluio com o máximo de transparência._x000D_
 _x000D_
 Sem mais para o momento, desde já agradecemos e renovamos votos de estima e consideração.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Tani Rose</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1084/requerimento_58_-_assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1084/requerimento_58_-_assinado.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa, as seguintes indagações _x000D_
 1 – A Secretaria de Saúde possui cadastro dos munícipes portadores de Anemia Falciforme?_x000D_
 2- Existe algum programa específico para auxilia-los?_x000D_
 3 – As pessoas que sofrem dessa condição conseguem ter mais agilidade em marcar e fazer seus exames periódicos?</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Jaime Daniel</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1309/requerimento_60.2023_-_jaime_daniel_e_marcio_dunga_assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1309/requerimento_60.2023_-_jaime_daniel_e_marcio_dunga_assinado.pdf</t>
   </si>
   <si>
     <t>Informações sobre o Contrato de Locação e Prestação de Serviços de Iluminação Pública em LED de nº 106/2019 - Município de Alfenas/MG</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Dominguinhos Eletricista</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1642/requerimento_65.2023_-_dominguinhos.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1642/requerimento_65.2023_-_dominguinhos.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, após ouvido o Plenário e com fulcro no artigo 106 da Resolução nº 04/2016 Regimento Interno desta Casa Legislativa, que informe a este Vereador como está a situação das suas emendas impositivas.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Paulinho do Asfalto</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1036/indicacao_728_-_paulinho_assinada.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1036/indicacao_728_-_paulinho_assinada.pdf</t>
   </si>
   <si>
     <t>Colocar ventiladores no corredor do Ambulatório Dr. Plínio Prado Coutinho.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -496,67 +496,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/847/requerimento_52.2023_-_comissao_de_acompanhamento_de_instalacao_de_empresas_e_de_contrapartidas_-_ass.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1084/requerimento_58_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1309/requerimento_60.2023_-_jaime_daniel_e_marcio_dunga_assinado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1642/requerimento_65.2023_-_dominguinhos.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1036/indicacao_728_-_paulinho_assinada.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/847/requerimento_52.2023_-_comissao_de_acompanhamento_de_instalacao_de_empresas_e_de_contrapartidas_-_ass.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1084/requerimento_58_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1309/requerimento_60.2023_-_jaime_daniel_e_marcio_dunga_assinado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1642/requerimento_65.2023_-_dominguinhos.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2023/1036/indicacao_728_-_paulinho_assinada.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="130.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="176.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="175.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>