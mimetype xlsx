--- v0 (2026-02-04)
+++ v1 (2026-03-28)
@@ -54,5722 +54,5722 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2908</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Kátia Goyatá</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2908/projeto_de_decreto_01-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2908/projeto_de_decreto_01-2021.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito ao Senhor Tiago Tavares Fernandes.</t>
   </si>
   <si>
     <t>2909</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Dominguinhos Eletricista</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2909/projeto_de_decreto_03-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2909/projeto_de_decreto_03-2021.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao SD 2º CL PMMG Wilher Aparecido de Paiva Santos.</t>
   </si>
   <si>
     <t>2910</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2910/projeto_de_decreto_04-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2910/projeto_de_decreto_04-2021.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao SD 2ª CL PMMG Layan Kalamazu dos Reis.</t>
   </si>
   <si>
     <t>2912</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Ratinho</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2912/projeto_de_decreto_05-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2912/projeto_de_decreto_05-2021.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário a Alan Pires Saher.</t>
   </si>
   <si>
     <t>2913</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Paulinho do Asfalto</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2913/projeto_de_decreto_06-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2913/projeto_de_decreto_06-2021.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Sr. Carlos Roberto Teodoro.</t>
   </si>
   <si>
     <t>2914</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2914/projeto_de_decreto_07-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2914/projeto_de_decreto_07-2021.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Sr. Belarmino Pereira.</t>
   </si>
   <si>
     <t>2915</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2915/projeto_de_decreto_08-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2915/projeto_de_decreto_08-2021.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Sr. Manoel de Ávila Neto.</t>
   </si>
   <si>
     <t>2916</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Márcio Dunga</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2916/projeto_de_decreto_09-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2916/projeto_de_decreto_09-2021.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Sr. Gilmar Costa da Silva.</t>
   </si>
   <si>
     <t>2917</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2917/projeto_de_decreto_10-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2917/projeto_de_decreto_10-2021.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito à Sra. Danusa da Silva.</t>
   </si>
   <si>
     <t>2932</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>COFP - Comissão de Orçamento e Finanças Públicas</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2932/projeto_de_decreto_11-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2932/projeto_de_decreto_11-2021.pdf</t>
   </si>
   <si>
     <t>Aprecia e aprova a contas da Prefeitura Municipal de Alfenas referentes ao exercício financeiro de 2019.</t>
   </si>
   <si>
     <t>2933</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2933/projeto_de_decreto_12-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2933/projeto_de_decreto_12-2021.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Professor Donizetti Couto.</t>
   </si>
   <si>
     <t>2934</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Braz da Máquina</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2934/projeto_de_decreto_13-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2934/projeto_de_decreto_13-2021.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Sr. Antônio Fagundes Barbosa.</t>
   </si>
   <si>
     <t>2935</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2935/projeto_de_decreto_14-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2935/projeto_de_decreto_14-2021.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Senhor Sebastião Marcelo.</t>
   </si>
   <si>
     <t>2936</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2936/projeto_de_decreto_15-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2936/projeto_de_decreto_15-2021.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Sr. Sebastião José de Oliveira.</t>
   </si>
   <si>
     <t>2937</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Tani Rose</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2937/projeto_de_decreto_16-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2937/projeto_de_decreto_16-2021.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito à Sra. Maria Amélia Leite Figueiredo.</t>
   </si>
   <si>
     <t>2938</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Jaime Daniel</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2938/projeto_de_decreto_17-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2938/projeto_de_decreto_17-2021.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Honorária à Dra. Aila Figueiredo.</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2305/projeto_de_decreto_18-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2305/projeto_de_decreto_18-2021.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Dr. Carlos Marcelo de Barros.</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2306/projeto_de_decreto_19-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2306/projeto_de_decreto_19-2021.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Professor Eduardo Luis Tanure.</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2307/projeto_de_decreto_20-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2307/projeto_de_decreto_20-2021.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Sr. Sinézio Inácio da Silva Júnior.</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2308/1-0-1-redacao-original-desse-documento.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2308/1-0-1-redacao-original-desse-documento.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao ao Sr. Ivair Libânio.</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2310/1-0-1-redacao-original-desse-documento.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2310/1-0-1-redacao-original-desse-documento.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Honorária à Ir. Norma Helene Santos.</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2311/1-0-1-redacao-original-desse-documento.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2311/1-0-1-redacao-original-desse-documento.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Sr. Welinton Silvério de Oliveira.</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2312/1-0-1-redacao-original-desse-documento.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2312/1-0-1-redacao-original-desse-documento.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Sr. Paulo Cesar Coelho.</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Guinho</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2313/1-0-1-redacao-original-desse-documento.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2313/1-0-1-redacao-original-desse-documento.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito à Sra. Iolanda da Silva dos Santos.</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2314/1-0-1-redacao-original-desse-documento.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2314/1-0-1-redacao-original-desse-documento.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Sr. Pedro Marques Camilo.</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2315/1-0-1-redacao-original-desse-documento.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2315/1-0-1-redacao-original-desse-documento.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Honra ao Mérito ao Sr. Pedro Leonaldo Ferreira.</t>
   </si>
   <si>
     <t>2989</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Luiz Antônio da Silva</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2989/projeto_de_lei_002-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2989/projeto_de_lei_002-2021.pdf</t>
   </si>
   <si>
     <t>Estabelece multas para descumprimento das regras em segurança de saúde durante a pandemia do COVID-19 e dá outras providências.</t>
   </si>
   <si>
     <t>2990</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2990/projeto_de_lei_003-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2990/projeto_de_lei_003-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Alfenas a transacionar administrativamente e promover a compensação de créditos, e dá outras providências.</t>
   </si>
   <si>
     <t>2991</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2991/projeto_de_lei_004-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2991/projeto_de_lei_004-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a cessão de servidora pública da Prefeitura Municipal de Alfenas para a Câmara Municipal de Alfenas.</t>
   </si>
   <si>
     <t>2992</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2992/projeto_de_lei_005-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2992/projeto_de_lei_005-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa de Incentivo à Economia local Pós Pandemia, autoriza a inclusão do Programa no Plano Plurianual vigente, autoriza a abertura de crédito adicional especial ao orçamento em execução e dá outras providências.</t>
   </si>
   <si>
     <t>2993</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2993/projeto_de_lei_006-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2993/projeto_de_lei_006-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza repasse de recursos para incentivo ao desenvolvimento tecnológico e dá outras providências.</t>
   </si>
   <si>
     <t>2994</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2994/projeto_de_lei_007-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2994/projeto_de_lei_007-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 4.855, de 18 de junho de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>2995</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2995/projeto_de_lei_008-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2995/projeto_de_lei_008-2021.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública o Clube Recreativo Juventude Alfenas.</t>
   </si>
   <si>
     <t>2996</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2996/projeto_de_lei_009-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2996/projeto_de_lei_009-2021.pdf</t>
   </si>
   <si>
     <t>Altera a data de comemoração do feriado municipal do dia 19 de março, dia do Padroeiro do Município de Alfenas, em virtude da pandemia da COVlD-19 no município, e dá outras providências.</t>
   </si>
   <si>
     <t>2997</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2997/projeto_de_lei_010-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2997/projeto_de_lei_010-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a participação do Município de Alfenas no Consórcio Público para aquisição de vacinas contra a COVID-19 e dá outras providências.</t>
   </si>
   <si>
     <t>3002</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3002/projeto_de_lei_011-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3002/projeto_de_lei_011-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.449, de 28 de agosto de 2013.</t>
   </si>
   <si>
     <t>3003</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3003/projeto_de_lei_012-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3003/projeto_de_lei_012-2021.pdf</t>
   </si>
   <si>
     <t>Trata da regulamentação orçamentária do Programa de Política Municipal de Promoção da Igualdade Racial de Alfenas, criado pela Lei nº 4.966, de 10 de setembro de 2020.</t>
   </si>
   <si>
     <t>3027</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3027/projeto_de_lei_013-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3027/projeto_de_lei_013-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza afetação e desafetação com permuta de áreas e dá outras providências.</t>
   </si>
   <si>
     <t>3030</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3030/projeto_de_lei_014-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3030/projeto_de_lei_014-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o repasse de contribuição ao Conselho Comunitário de Segurança Pública de Alfenas - CONSEPA, e dá outras providências.</t>
   </si>
   <si>
     <t>3031</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3031/projeto_de_lei_015-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3031/projeto_de_lei_015-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a alteração da Lei Municipal nº 4.595, de 11 de março de 2015, que institui Zonas Especiais de Interesse Social - ZEIS 11, no âmbito do Município de Alfenas e dá outras providências.</t>
   </si>
   <si>
     <t>3285</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3285/projeto_de_lei_17-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3285/projeto_de_lei_17-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de imóvel com obrigação de fazer e dá outras providências.</t>
   </si>
   <si>
     <t>3286</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3286/projeto_de_lei_18-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3286/projeto_de_lei_18-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 4.929, de 20 de dezembro de 2019.</t>
   </si>
   <si>
     <t>3287</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3287/projeto_de_lei_19-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3287/projeto_de_lei_19-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 4.909, de 20 de dezembro de 2019.</t>
   </si>
   <si>
     <t>3289</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3289/projeto_de_lei_20-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3289/projeto_de_lei_20-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Autoriza a alteração da Lei Municipal nº 4.595, de 11 de março de 2015, que institui Zonas Especiais de Interesse Social - ZEIS II no âmbito do Município de Alfenas e dá outras providências.</t>
   </si>
   <si>
     <t>3309</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3309/projeto_de_lei_21-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3309/projeto_de_lei_21-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Autoriza, em caráter emergencial, repasse de recursos financeiros ao Consórcio Intermunicipal de Municípios - Cislagos, para reforço do custeio das ações e serviços de alta complexidade, na área de saúde, visando atendimento de demanda crescente de leitos de UTI, em razão da intensificação de pico da pandemia do covid-19, e dá outras providências.</t>
   </si>
   <si>
     <t>3310</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3310/projeto_de_lei_22-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3310/projeto_de_lei_22-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Disciplina a contratação de Parceria Público-Privada e dá outras providências.</t>
   </si>
   <si>
     <t>3311</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3311/projeto_de_lei_23-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3311/projeto_de_lei_23-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre doação de imóvel com obrigação de fazer e dá outras providências.</t>
   </si>
   <si>
     <t>3312</t>
   </si>
   <si>
     <t>Paulinho do Asfalto, Braz da Máquina, Márcio Dunga</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3312/projeto_de_lei_24-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3312/projeto_de_lei_24-2021.pdf</t>
   </si>
   <si>
     <t>Dá denominação ao campo de futebol que menciona de José Maria de Barros (Sarda).</t>
   </si>
   <si>
     <t>3314</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3314/projeto_de_lei_26-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3314/projeto_de_lei_26-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária Anual, referente ao exercício financeiro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>3315</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3315/projeto_de_lei_27-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3315/projeto_de_lei_27-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Altera o art. 2º, da Lei Municipal nº 4.223, de 04 de novembro de 2010 e dá outras providências.</t>
   </si>
   <si>
     <t>3316</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3316/projeto_de_lei_28-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3316/projeto_de_lei_28-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>3317</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3317/projeto_de_lei_29-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3317/projeto_de_lei_29-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Autoriza doação de imóvel com obrigação de fazer e permuta de área para atividade social e dá outras providências.</t>
   </si>
   <si>
     <t>3318</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3318/projeto_de_lei_30-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3318/projeto_de_lei_30-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.691, de 29 de setembro de 2016, e dá outras providências.</t>
   </si>
   <si>
     <t>3341</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3341/projeto_de_lei_31-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3341/projeto_de_lei_31-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a ceder a instituições financeiras públicas créditos decorrentes de royalties, participações especiais e compensações financeiras relacionados à exploração de petróleo e gás natural, recursos hídricos e minerais e dá outras providências.</t>
   </si>
   <si>
     <t>3342</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3342/projeto_de_lei_32-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3342/projeto_de_lei_32-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>3343</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Mesa Diretora 2021-2022</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3343/projeto_de_lei_33-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3343/projeto_de_lei_33-2021.pdf</t>
   </si>
   <si>
     <t>Revoga o § 1º do art 1º e o art 4º e seu parágrafo único, ambos da Lei Municipal nº 4.317, de 25 de agosto de 2011, que regulamenta a prestação dos serviços de táxi no município de Alfenas e dá outras providências.</t>
   </si>
   <si>
     <t>3319</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3319/projeto_de_lei_34-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3319/projeto_de_lei_34-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Empreendimento Coletivo e Qualificação Profissional - FMEC, e dá outras providências.</t>
   </si>
   <si>
     <t>3344</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3344/projeto_de_lei_35-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3344/projeto_de_lei_35-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Altera o anexo 1 da Lei Municipal nº 4.246, de 06 de janeiro de 2011, e dá outras providências.</t>
   </si>
   <si>
     <t>3432</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3432/projeto_de_lei_36-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3432/projeto_de_lei_36-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Institui o "Programa Cidade Viva", objetivando a Inclusão Social e Econômica dos Catadores de Materiais Reutilizáveis e Recicláveis, dispõe sobre sua organização e funcionamento, e dá outras providências.</t>
   </si>
   <si>
     <t>3433</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3433/projeto_de_lei_37-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3433/projeto_de_lei_37-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o horário de funcionamento da Central de Distribuição de Medicamentos (CDM) do Município de Alfenas, devido à essencialidade da prestação do serviço.</t>
   </si>
   <si>
     <t>3434</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3434/projeto_de_lei_38-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3434/projeto_de_lei_38-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de Alfenas, o "Dia Marielle Franco - Dia de Enfrentamento às violências contra as Mulheres Negras", incluindo-o no calendário oficial de nosso município no dia 14 de março de cada ano, e dá outras providências.</t>
   </si>
   <si>
     <t>3435</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3435/projeto_de_lei_39-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3435/projeto_de_lei_39-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Altera a da Lei Municipal nº 4.308, de 04 de julho de 2011 e dá outras providências.</t>
   </si>
   <si>
     <t>3436</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3436/projeto_de_lei_40-2021_minuta.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3436/projeto_de_lei_40-2021_minuta.pdf</t>
   </si>
   <si>
     <t>Altera o art 7º da Lei Municipal nº 4.377/2012, altera item do anexo único constante na Lei Municipal nº 4.807/2018, acrescenta o inciso V ao § 1º do art 18 da Lei Municipal nº 3.864/2005 e revoga a Lei Municipal nº 4.488/2014.</t>
   </si>
   <si>
     <t>3437</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3437/projeto_de_lei_42-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3437/projeto_de_lei_42-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Institui a macrorregião para o atendimento do Sistema Municipal de Defesa dos Direitos Difusos, de que trata a Lei nº 3.781, de 17 de fevereiro de 2005.</t>
   </si>
   <si>
     <t>3438</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3438/projeto_de_lei_43-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3438/projeto_de_lei_43-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Alfenas a alienar, mediante leilão, o bem imóvel que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>3439</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3439/projeto_de_lei_44-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3439/projeto_de_lei_44-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Institui a Política do Cão Comunitário e dá outras providências.</t>
   </si>
   <si>
     <t>3440</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3440/projeto_de_lei_48-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3440/projeto_de_lei_48-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Apoio à Pessoa com Transtornos do Espectro Autista (PROTEA) no âmbito do Município de Alfenas e dá outras providências.</t>
   </si>
   <si>
     <t>3441</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3441/projeto_de_lei_49-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3441/projeto_de_lei_49-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Autoriza a criação de ação no PPA 2018 / 2021, inserção na LDO 2021 e abertura de crédito adicional especial ao Orçamento Vigente de despesa de capital decorrente de Acórdão da 8" Câmara Cível do Tribunal de Justiça do Estado de Minas Gerais, e dá outras providências</t>
   </si>
   <si>
     <t>3442</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Carlinho Vardemá</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3442/projeto_de_lei_50-2021_minuta.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3442/projeto_de_lei_50-2021_minuta.pdf</t>
   </si>
   <si>
     <t>Dá denominação à via pública que menciona de Edmar Vieira Becker.</t>
   </si>
   <si>
     <t>3443</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Carlinho Vardemá, Márcio Dunga</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3443/projeto_de_lei_52-2021_minuta.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3443/projeto_de_lei_52-2021_minuta.pdf</t>
   </si>
   <si>
     <t>Reconhece a prática da atividade física e do exercício físico como essencial à saúde pública no âmbito do Município de Alfenas / MG.</t>
   </si>
   <si>
     <t>3444</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3444/projeto_de_lei_55-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3444/projeto_de_lei_55-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 5.014, de 07 de junho de 2021, que desafeta e autoriza o município de Alfenas a alienar, mediante leilão, o bem imóvel que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>3457</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3457/projeto_de_lei_56-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3457/projeto_de_lei_56-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Autoriza excepcionalmente a desafetação de áreas para doação e dá outras providências.</t>
   </si>
   <si>
     <t>3445</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3445/projeto_de_lei_57-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3445/projeto_de_lei_57-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 5.014, de 07 de junho de 2021, que desafeta e autoriza o município de Alfenas a alienar, mediante leilão, o bem imóvel que_x000D_
 menciona e dá outras providências.</t>
   </si>
   <si>
     <t>3446</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3446/projeto_de_lei_58-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3446/projeto_de_lei_58-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Autoriza permuta de imóveis com doação e obrigação de fazer e dá outras providências.</t>
   </si>
   <si>
     <t>3447</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3447/projeto_de_lei_59-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3447/projeto_de_lei_59-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.997, de 22 de abril de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>3451</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3451/projeto_de_lei_60-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3451/projeto_de_lei_60-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Incentivo à Regularização Fiscal com a Fazenda Pública do Município de Alfenas - PROREFIS 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>3471</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3471/projeto_de_lei_62-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3471/projeto_de_lei_62-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Autoriza permuta de imóveis com obrigação de fazer e dá outras providências.</t>
   </si>
   <si>
     <t>3472</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3472/projeto_de_lei_63-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3472/projeto_de_lei_63-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre acréscimo de atividades fiscais na Tabela III - Fiscalização Sanitária - do Anexo Único da Lei nº 3.254, de 19 de junho de 2001, extingue cargos de provimentos efetivos, constantes do Anexo I da Lei nº 4.246, de 04 de janeiro de 2011, e dá outras providências.</t>
   </si>
   <si>
     <t>3473</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3473/projeto_de_lei_64-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3473/projeto_de_lei_64-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Autoriza a cessão de servidor público da Prefeitura Municipal de Alfenas para a Superintendência Regional de Saúde (SRS).</t>
   </si>
   <si>
     <t>3474</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3474/projeto_de_lei_65-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3474/projeto_de_lei_65-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Restabelece o acréscimo percentual de 20% entre os vencimentos fixados para os padrões de Nível I e II da Carreira I - Tabela A do Anexo I da Lei Municipal nº 4.231, de 3 de dezembro de 2010, que dispõe sobre o Sistema Municipal de Ensino, o Estatuto e o Plano de Cargos, Carreiras e Vencimentos dos Profissionais da Educação, e dá outras providências.</t>
   </si>
   <si>
     <t>3475</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3475/projeto_de_lei_66-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3475/projeto_de_lei_66-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.241, de 20 de dezembro de 2010, que cria a Coordenadoria Municipal de Defesa Civil do Município de Alfenas / MG - COMDEC.</t>
   </si>
   <si>
     <t>3476</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3476/projeto_de_lei_67-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3476/projeto_de_lei_67-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>3477</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3477/projeto_de_lei_68-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3477/projeto_de_lei_68-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>3478</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3478/projeto_de_lei_69-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3478/projeto_de_lei_69-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>3479</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3479/projeto_de_lei_70-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3479/projeto_de_lei_70-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>3480</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3480/projeto_de_lei_71-2021_minuta.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3480/projeto_de_lei_71-2021_minuta.pdf</t>
   </si>
   <si>
     <t>Institui a divulgação da listagem dos medicamentos disponíveis e em falta na rede pública municipal de saúde.</t>
   </si>
   <si>
     <t>3481</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3481/projeto_de_lei_73-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3481/projeto_de_lei_73-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.858, de 09 de Julho de 2021, que autoriza o Poder Executivo a contratar operações de créditos com a Caixa Econômica Federal e dá outras providências.</t>
   </si>
   <si>
     <t>3482</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3482/projeto_de_lei_75-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3482/projeto_de_lei_75-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.997, de 22 de abril de 2021, que dispõe sobre a criação do Programa de Incentivo à Economia local em função da Pandemia, autoriza a inclusão do Programa no Plano Plurianual vigente, autoriza a abertura de crédito adicional especial ao orçamento em execução e dá outras providências.</t>
   </si>
   <si>
     <t>3483</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3483/projeto_de_lei_77-2021_minuta.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3483/projeto_de_lei_77-2021_minuta.pdf</t>
   </si>
   <si>
     <t>Institui a 'Semana da Árvore' no Município de Alfenas e dá outras providências.</t>
   </si>
   <si>
     <t>3486</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3486/projeto_de_lei_79-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3486/projeto_de_lei_79-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o incentivo e a promoção da família circense, bem como, a instalação e funcionamento de circos itinerantes no Município de Alfenas e dá outras providências.</t>
   </si>
   <si>
     <t>3487</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3487/projeto_de_lei_80-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3487/projeto_de_lei_80-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.927, de 20 de dezembro de 2019, que dispõe sobre doação de imóvel com obrigação de fazer e dá outras providências.</t>
   </si>
   <si>
     <t>3503</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3503/projeto_de_lei_81-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3503/projeto_de_lei_81-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.820, de 19 de novembro de 2018, que autoriza o município de Alfenas a outorgar a concessão do Aeroporto Comandante Paschoal Patrocínio Filho (SNE) e dá outras providências.</t>
   </si>
   <si>
     <t>3504</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3504/projeto_de_lei_82-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3504/projeto_de_lei_82-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a desafetar, afetar e a alienar os bens imóveis que especifica, em função da criação de Parques Ambientais, Complexos Esportivos e de Lazer e dá outras providências.</t>
   </si>
   <si>
     <t>3505</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3505/projeto_de_lei_83-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3505/projeto_de_lei_83-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Autoriza a implantação do Programa Agrofloresta e dá outras providências.</t>
   </si>
   <si>
     <t>3506</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3506/projeto_de_lei_84-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3506/projeto_de_lei_84-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>3507</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3507/projeto_de_lei_85-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3507/projeto_de_lei_85-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 2.484, de 19 de outubro de 1993, dispõe sobre o parcelamento do solo no município de Alfenas e dá outras providências.</t>
   </si>
   <si>
     <t>3508</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Braz da Máquina, Dominguinhos Eletricista, Márcio Dunga, Paulinho do Asfalto, Teresa Ambulatório Cruz Preta</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3508/projeto_de_lei_87-2021_minuta.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3508/projeto_de_lei_87-2021_minuta.pdf</t>
   </si>
   <si>
     <t>Dá denominação ao velório do Distrito de Barranco Alto de José Maria Gomes.</t>
   </si>
   <si>
     <t>3509</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3509/projeto_de_lei_88-2021_minuta.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3509/projeto_de_lei_88-2021_minuta.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Maria Breves de Gouvea à via pública que menciona.</t>
   </si>
   <si>
     <t>3510</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3510/projeto_de_lei_89-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3510/projeto_de_lei_89-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Dispõe da alteração da lei Municipal nº 4.926, de 20 de dezembro de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2319/2021-111-26249.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2319/2021-111-26249.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Célio Corsini à via pública que menciona.</t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2318/1-1-mensagem-no-118-23-09-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2318/1-1-mensagem-no-118-23-09-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.230, de 03 de dezembro de 2010, que institui o Programa Natal do Servidor, tendo como finalidade a concessão de uma cesta de Natal, anualmente, no mês de dezembro, aos estagiários, servidores públicos, terceirizados e conveniados municipais.</t>
   </si>
   <si>
     <t>2320</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2320/1-1-mensagem-no-120-27-09-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2320/1-1-mensagem-no-120-27-09-2021.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei nº 4.867, de 19 de setembro de 2019.</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2321/1-1-mensagem-no-114-15-09-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2321/1-1-mensagem-no-114-15-09-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza permuta de imóveis, doação com obrigação de fazer e dá outras providências.</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2322/1-1-mensagem-no-123-29-09-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2322/1-1-mensagem-no-123-29-09-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n. 4.449, de 28 de agosto de 2013, que autoriza permuta e doação de áreas e dá outras providências.</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2323/1-0-projeto-de-lei-ordinaria-n.o-117-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2323/1-0-projeto-de-lei-ordinaria-n.o-117-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o plano municipal de prevenção à criminalidade e dá outras providências.</t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2324/1-1-mensagem-no-129-18-10-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2324/1-1-mensagem-no-129-18-10-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o acréscimo de atividades fiscais na Tabela III - Fiscalização Sanitária - do Anexo Único da Lei nº 3.254, de 19 de junho de 2001, extingue cargos de provimentos efetivos, constantes do Anexo I da Lei nº 4.246, de 04 de janeiro de 2011, e dá outras providências.</t>
   </si>
   <si>
     <t>2325</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2325/1-1-mensagem-no-146-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2325/1-1-mensagem-no-146-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.931, de 20 de dezembro de 2019.</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2326/1-1-mensagem-no-131-21-10-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2326/1-1-mensagem-no-131-21-10-2021.pdf</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2327/1-1-mensagem-de-lei-no-132.2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2327/1-1-mensagem-de-lei-no-132.2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.908, de 20 de dezembro de 2019.</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2328/1-1-mensagem-de-lei-no-134.2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2328/1-1-mensagem-de-lei-no-134.2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.920, de 20 de dezembro de 2019.</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2329/1-1-mensagem-no-135-21-10-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2329/1-1-mensagem-no-135-21-10-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.911, de 20 de dezembro de 2019.</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2330/1-1-mensagem-no-136-21-10-2021-altera-lei-no-4913.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2330/1-1-mensagem-no-136-21-10-2021-altera-lei-no-4913.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.913, de 20 de dezembro de 2019.</t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2331/1-1-mensagem-no-137-21-10-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2331/1-1-mensagem-no-137-21-10-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.914, de 20 de dezembro de 2019.</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2332/1-1-mensagem-no-138-21-10-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2332/1-1-mensagem-no-138-21-10-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.915, de 20 de dezembro de 2019.</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2333/1-1-mensagem-no-139-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2333/1-1-mensagem-no-139-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.922, de 20 de dezembro de 2019.</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2334/1-1-mensagem-no-140-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2334/1-1-mensagem-no-140-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.923, de 20 de dezembro de 2019.</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2335/1-1-mensagem-no-141-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2335/1-1-mensagem-no-141-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.924, de 20 de dezembro de 2019.</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2336/1-1-mensagem-no-142-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2336/1-1-mensagem-no-142-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.925, de 20 de dezembro de 2019.</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2337/1-1-mensagem-no-143-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2337/1-1-mensagem-no-143-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.927, de 20 de dezembro de 2019.</t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2338/1-1-mensagem-no-144-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2338/1-1-mensagem-no-144-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.928, de 20 de dezembro de 2019.</t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2339/1-1-mensagem-no-147-21-10-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2339/1-1-mensagem-no-147-21-10-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.935, de 20 de dezembro de 2019.</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2340/1-1-mensagem-no-148-21-10-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2340/1-1-mensagem-no-148-21-10-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.940, de 20 de dezembro de 2019.</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2341/1-1-mensagem-no-149-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2341/1-1-mensagem-no-149-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza doação para fins empresariais com obrigação de fazer e dá outras providências.</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2342/1-1-mensagem-no-153-04-11-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2342/1-1-mensagem-no-153-04-11-2021.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 5º, da Lei Municipal nº 3.137, de 22 de setembro de 1999, que dispõe sobre a aprovação de loteamentos fechados, condominiais para formação de chácaras ou sítios de recreio localizados em zona rural e dá outras providências.</t>
   </si>
   <si>
     <t>2343</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2343/1-1-mensagem-no-155-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2343/1-1-mensagem-no-155-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza desafetação e afetação de áreas para doação de imóveis com obrigação de fazer e dá outras providências.</t>
   </si>
   <si>
     <t>2344</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2344/1-1-mensagem-no-151-04-11-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2344/1-1-mensagem-no-151-04-11-2021.pdf</t>
   </si>
   <si>
     <t>Institui a política de Incentivo à implantação de sistemas agroflorestais públicos e comunitários no Município de Alfenas e dá outras providências.</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2345/1-1-mensagem-no-133.2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2345/1-1-mensagem-no-133.2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.912, de 20 de dezembro de 2019.</t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2346/1-1-mensagem-no-154-04-11-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2346/1-1-mensagem-no-154-04-11-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza nova cessão do servidor público que menciona, da Prefeitura Municipal para a Santa Casa de Alfenas, e dá outras providências.</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2347/1-1-mensagem-no-150-03-11-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2347/1-1-mensagem-no-150-03-11-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.941, de 20 de dezembro de 2019.</t>
   </si>
   <si>
     <t>2348</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2348/1-1-mensagem-no-145-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2348/1-1-mensagem-no-145-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4,929, de 20 de dezembro de 2019.</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2349/1-1-mensagem-15.2021-p4322.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2349/1-1-mensagem-15.2021-p4322.pdf</t>
   </si>
   <si>
     <t>Prorroga o prazo para o pagamento à vista, com desconto de 100% (cem por cento) das multas e juros moratórios, dos débitos alcançados pelo PROREFIS 2021, instituído pela Lei Municipal nº 5.026, de 1º de julho de 2021.</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2350/1-1-mensagem-no-157.2021-p-4323.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2350/1-1-mensagem-no-157.2021-p-4323.pdf</t>
   </si>
   <si>
     <t>Estabelece a obrigatoriedade de utilização de luminárias com tecnologia LED nos projetos de iluminação pública dos novos loteamentos urbanos cuja implantação for autorizada pelo Município de Alfenas, nos termos da Lei federal nº 6.766, de 19/12/1979, e da Lei Municipal nº 2.484, de 19/10/1993.</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2351/1-0-projeto-de-lei-ordinaria-n.o-146-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2351/1-0-projeto-de-lei-ordinaria-n.o-146-2021.pdf</t>
   </si>
   <si>
     <t>Dá denominação de José Viana Gonçalves à via pública que menciona.</t>
   </si>
   <si>
     <t>2352</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2352/1-1-mensagem-no-158.2021-p4564.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2352/1-1-mensagem-no-158.2021-p4564.pdf</t>
   </si>
   <si>
     <t>Autoriza a permuta dos imóveis que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2353/1-1-mensagem-no-128.2021-p4519.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2353/1-1-mensagem-no-128.2021-p4519.pdf</t>
   </si>
   <si>
     <t>Fica criado o Sistema Único de Saúde Animal e Ambiental (Susama) de Alfenas, visando regulamentar as ações e serviços de saúde e bem-estar animal e meio ambiente no município.</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2354/1-1-mensagem-no-160.2021-p4522.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2354/1-1-mensagem-no-160.2021-p4522.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.026, de 02 de abril de 2008, que criou a premiação por produtividade na área de atendimento da Arrecadação, Dívida Ativa e_x000D_
 Valor Agregado Fiscal - PPADV e dá outras providências.</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2355/1-1-mensagem-no-161.2021-p4523.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2355/1-1-mensagem-no-161.2021-p4523.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 2º, da Lei Municipal nº 4.897, de 18 de dezembro de 2019, que institui a gratificação de atividade de risco e auxílio-fardamento, a serem concedidos aos ocupantes do cargo efetivo de carreira da Guarda Municipal, na forma que especifica.</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2356/1-1-mensagem-n-163.2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2356/1-1-mensagem-n-163.2021.pdf</t>
   </si>
   <si>
     <t>2357</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2357/1-1-mensagem-no-164.2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2357/1-1-mensagem-no-164.2021.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de Crédito Adicional Suplementar por provável excesso de arrecadação na Prefeitura Municipal de Alfenas, no orçamento do exercício de 2021, conforme especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>2358</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2358/1-1-mensagem-no-165.2021-p4534.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2358/1-1-mensagem-no-165.2021-p4534.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cessão de uso de área pública com obrigação de fazer e dá outras providências.</t>
   </si>
   <si>
     <t>2359</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2359/1-1-mensagem-no-166.2021-p-4535.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2359/1-1-mensagem-no-166.2021-p-4535.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 5.051 de 22 de setembro de 2021.</t>
   </si>
   <si>
     <t>2360</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2360/1-1-mensagem-no-167.2021-p4545.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2360/1-1-mensagem-no-167.2021-p4545.pdf</t>
   </si>
   <si>
     <t>2361</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2361/1-1-mensagem-no-168.2021-p4556.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2361/1-1-mensagem-no-168.2021-p4556.pdf</t>
   </si>
   <si>
     <t>Altera os incisos II, III, VI e IX do artigo 2, da Lei Municipal nº 5.043, de 01 de setembro de 2021, que autoriza excepcionalmente a desafetação de áreas, doações e dá outras providências.</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2362/1-1-projeto-de-lei-mesa-diretora-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2362/1-1-projeto-de-lei-mesa-diretora-assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza a recomposição dos subsídios dos Vereadores da Câmara Municipal de Alfenas, na forma que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>2363</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2363/1-1-mensagem-no-169-01-12-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2363/1-1-mensagem-no-169-01-12-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza permuta de áreas particulares por áreas públicas com posterior permuta por obras e serviços públicos e dá outras providências.</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2364/1-1-mensagem-no-170-01-12-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2364/1-1-mensagem-no-170-01-12-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.812, de 05 de outubro de 2018 e dá outras providências.</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2365/1-1-mensagem-no-171-01-12-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2365/1-1-mensagem-no-171-01-12-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o desmembramento da tabela de Agente de Saúde, cria cargos de provimento efetivo de Agente de Saúde, Enfermagem I, altera o Anexo 1 da_x000D_
 Lei Municipal nº 4.246, de 6 de janeiro de 2011, que dispõe sobre a reestruturação do Plano de Cargos, Carreiras e Vencimentos dos Servidores da_x000D_
 Prefeitura Municipal de Alfenas, estabelece normas de enquadramento e dá outras providências.</t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2378/1-1-mensagem-no-172-01-12-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2378/1-1-mensagem-no-172-01-12-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder remissão da taxa de alvará para categoria de transporte escolar particular e similares referentes aos exercícios de 2020 e 2021.</t>
   </si>
   <si>
     <t>2379</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2379/1-1-mensagem-no-173-02-11-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2379/1-1-mensagem-no-173-02-11-2021.pdf</t>
   </si>
   <si>
     <t>2380</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2380/1-1-mensagem-no-174-02-12-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2380/1-1-mensagem-no-174-02-12-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a permuta de imóveis para a execução de obras de asfaltamento na rodovia Ottoni Ferreira Barbosa, estabelece normas para o desenvolvimento entre os municípios de Alfenas e Fama, concede isenção de IPTU e dá outras providências.</t>
   </si>
   <si>
     <t>2381</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2381/1-1-mensagem-no-175.2021-p4662.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2381/1-1-mensagem-no-175.2021-p4662.pdf</t>
   </si>
   <si>
     <t>Institui a diária para fins de Regime Especial de Trabalho em Transporte Aquaviário, a ser concedido aos ocupantes do cargo efetivo de carreira de Agentes Operacionais Especializados, na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2382/1-1-mensagem-no-176-03-12-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2382/1-1-mensagem-no-176-03-12-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a permuta de áreas públicas por obras e serviços públicos e dá outras providências.</t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2383/1-1-mensagem-no-177-06-12-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2383/1-1-mensagem-no-177-06-12-2021.pdf</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2384/1-1-mensagem-no-178-06-12-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2384/1-1-mensagem-no-178-06-12-2021.pdf</t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2385/1-1-mensagem-no-179-06-12-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2385/1-1-mensagem-no-179-06-12-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de imóvel com obrigação de fazer e dá outras providências.</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2386/1-1-mensagem-no-180-06-12-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2386/1-1-mensagem-no-180-06-12-2021.pdf</t>
   </si>
   <si>
     <t>2387</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2387/1-1-mensagem-no-181-06-12-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2387/1-1-mensagem-no-181-06-12-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza cessão onerosa de áreas públicas para hangares, e dá outras providências.</t>
   </si>
   <si>
     <t>2388</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2388/1-1-mensagem-no-182-06-12-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2388/1-1-mensagem-no-182-06-12-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação de lotes para a conclusão do loteamento industrial Logfenas e dá outras providências.</t>
   </si>
   <si>
     <t>2389</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2389/1-1-mensagem-no-183-06-12-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2389/1-1-mensagem-no-183-06-12-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza desafetação, afetação e permuta de bens imóveis que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>2390</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2390/1-1-mensagem-na186-07-12-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2390/1-1-mensagem-na186-07-12-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.921, de 20 de dezembro de 2019.</t>
   </si>
   <si>
     <t>2391</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2391/1-1-mensagem-no-187-07-12-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2391/1-1-mensagem-no-187-07-12-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 4.932, de 20 de dezembro de 2019.</t>
   </si>
   <si>
     <t>2392</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2392/1-1-mensagem-no-189-09-12-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2392/1-1-mensagem-no-189-09-12-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza repasse de contribuição ao Conselho Comunitário de Segurança Pública de Alfenas - CONSEPA, Lar São Vicente De Paulo e Associação dos Voluntários Vida Viva de Alfenas e dá outras providências.</t>
   </si>
   <si>
     <t>2393</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2393/1-1-mensagem-no-188-09-12-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2393/1-1-mensagem-no-188-09-12-2021.pdf</t>
   </si>
   <si>
     <t>2394</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2394/1-1-mensagem-no-191-13-12-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2394/1-1-mensagem-no-191-13-12-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão de área correspondente a trecho de estrada intermunicipal na delimitação do perímetro urbano, alterada pela Lei n.º 4.845, de 20 de maio de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>2395</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2395/1-1-mensagem-no-193-13-12-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2395/1-1-mensagem-no-193-13-12-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a desafetar, afetar e a doar os bens imóveis que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>2396</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2396/1-1-mensagem-no-194-13-12-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2396/1-1-mensagem-no-194-13-12-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza desafetação, afetação e doação de imóvel com obrigação de fazer e dá outras providências.</t>
   </si>
   <si>
     <t>2397</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2397/1-1-mensagem-no-197-16-12-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2397/1-1-mensagem-no-197-16-12-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 5.074, de 09 de dezembro de 2021, que autoriza abertura de Crédito Adicional Suplementar por provável excesso de arrecadação na Prefeitura Municipal de Alfenas, no orçamento do exercício de 2021, conforme especifica e dá outras providências.</t>
   </si>
   <si>
     <t>2398</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2398/1-1-mensagem-no-195-13-12-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2398/1-1-mensagem-no-195-13-12-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a permuta dos imóveis que menciona, doações com obrigação de fazer e dá outras providências.</t>
   </si>
   <si>
     <t>2941</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2941/mensagem_48-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2941/mensagem_48-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização, no âmbito do Município de Alfenas, de edificações irregulares e clandestinas, e dá outras providências.</t>
   </si>
   <si>
     <t>2942</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2942/mensagem_09-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2942/mensagem_09-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar Municipal nº 4, de 30/11/2003, que dispõe sobre o Imposto sobre Serviços de Qualquer Natureza - ISSQN, nos termos da Lei_x000D_
 Complementar nº 116, de 31/07/2003, com redação dada pela Lei Complementar nº 175, de 23/09/2020, e dá outras providências.</t>
   </si>
   <si>
     <t>2943</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2943/mensagem_67-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2943/mensagem_67-2021.pdf</t>
   </si>
   <si>
     <t>Institui, em caráter excepcional, o Programa de Incentivo à Regularização Fiscal com a Fazenda Pública do Município de Alfenas, mediante Transação - REFIS TRANS 2021, como forma de complementar as ações e políticas públicas destinadas a minimizar os impactos econômicos negativos decorrentes da pandemia da COVlD-19 causada pelo Coronavírus, e dá outras providências.</t>
   </si>
   <si>
     <t>2939</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Jaime Daniel, Professor Luciano Solar</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2939/projeto_de_resolucao_01-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2939/projeto_de_resolucao_01-2021.pdf</t>
   </si>
   <si>
     <t>Cria a Frente Parlamentar de apoio ao combate da Covid-19.</t>
   </si>
   <si>
     <t>2940</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2940/projeto_de_resolucao_02-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2940/projeto_de_resolucao_02-2021.pdf</t>
   </si>
   <si>
     <t>Altera o parágrafo único do art. 29, o caput do art. 141 e o § 2º do art. 215, bem como acrescenta parágrafo único ao art. 142, todos da Resolução nº 04/2016, que "Dispõe sobre o Novo Regimento Interno da Câmara Municipal de Alfenas - MG".</t>
   </si>
   <si>
     <t>2988</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2988/projeto_de_emenda_a_lom_01-2021.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2988/projeto_de_emenda_a_lom_01-2021.pdf</t>
   </si>
   <si>
     <t>Altera o § 1º do artigo 22, da Lei Orgânica do Município de Alfenas / MG.</t>
   </si>
   <si>
     <t>3340</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3340/projeto_de_emenda_a_lom_02-2021_mensagem.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3340/projeto_de_emenda_a_lom_02-2021_mensagem.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos que menciona da Lei Orgânica do Município de Alfenas.</t>
   </si>
   <si>
     <t>2417</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2417/2021-1-7439.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2417/2021-1-7439.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa informações. detalhadamente, sobre o Parque Municipal, se já terminou a devida reforma e como ocorrerá o funcionamento desta área de lazer._x000D_
 _x000D_
 Justificativa: esclarecer às pessoas que sempre nos perguntam sobre o funcionamento dessa área de lazer.</t>
   </si>
   <si>
     <t>2418</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2418/2021-2-7447.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2418/2021-2-7447.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa a informação se existe na programação desta administração um projeto de revitalização ou de criação de um Horto Florestal em nosso município._x000D_
 _x000D_
 Justificativa: a revitalização do espaço ou até mesmo a criação de um novo horto, além de fornecer as mudas para arborizarão de nossas praças, avenidas e áreas verdes, ainda pode ser utilizado pelos jovens e crianças em projetos de Educação Ambiental.</t>
   </si>
   <si>
     <t>2419</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2419/2021-3-7452.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2419/2021-3-7452.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa qual a previsão para a retomada do asfaltamento da Rua 13 de Maio, e se existe um cronograma para o início e término da referida obra._x000D_
 _x000D_
 Justificativa: obter mais informações a respeito da matéria, para melhor esclarecer a população interessada.</t>
   </si>
   <si>
     <t>2420</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2420/2021-4-7456.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2420/2021-4-7456.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa se há um profissional da área de psicologia que atue junto aos membros do Conselho Tutelar, atendendo crianças, adolescentes e familiares._x000D_
 _x000D_
 Justificativa: oferecer melhor atendimento aos cidadãos que necessitam do Conselho Tutelar.</t>
   </si>
   <si>
     <t>2421</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2421/2021-5-7460.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2421/2021-5-7460.pdf</t>
   </si>
   <si>
     <t>Encaminhar os respectivos relatórios de controle, os quais são obrigatórios em processo institucionalizado de transmissão de governo, contendo: toda a frota de veículos, de todos as secretarias, conforme inventário de 31/12/2019; inventário de medicamentos do estoque da Secretaria Municipal de Saúde; inventário do estoque de merenda escolar em 31/12/2019; móveis, máquinas, equipamentos, entre outros de todas as secretarias, conforme inventário em 31/12/2019; e imóveis pertencentes ao Município, inventário em 31/12/2019._x000D_
 _x000D_
 Justificativa: melhorar a eficiência da gestão, através de inventários e controles, contribuindo, assim, para que não ocorram possíveis distorções, pois, muitas vezes, outros servidores poderão assumir pastas diferentes e necessitarão que os números estejam já consolidados para prosseguimento dos_x000D_
 trabalhos afetos.</t>
   </si>
   <si>
     <t>2422</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2422/2021-6-7464.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2422/2021-6-7464.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa informações relativas ao Conselho do Fundo de Manutenção e Desenvolvimento da Educação Básica - Fundeb, constando o nome dos integrantes e suas respectivas funções; cópia de suas nomeações; cópia das atas de reuniões do Conselho doas anos de 2019 e 2020; relatório da distribuição e aplicação dos recursos do Fundeb; demonstrativo dos limites de aplicação dos recursos._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora atribuída aos membros do Poder Legislativo sobre os atos do Poder Executivo.</t>
   </si>
   <si>
     <t>2424</t>
   </si>
   <si>
     <t>Guinho, Paulinho do Asfalto, Tani Rose</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2424/2021-7-7465.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2424/2021-7-7465.pdf</t>
   </si>
   <si>
     <t>Requer que seja devidamente constituída a Comissão Especial de Direitos Humanos da Câmara Municipal de Alfenas._x000D_
 _x000D_
 Justificativa: faz-se extremamente necessária a constituição da mencionada comissão, para que consigamos construir uma Alfenas mais justa, segura e com a garantia fundamental dos direitos humanos.</t>
   </si>
   <si>
     <t>2425</t>
   </si>
   <si>
     <t>Teresa Ambulatório Cruz Preta</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2425/2021-8-7469.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2425/2021-8-7469.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa quais as medidas adotadas em face do Requerimento 38/2017, de autoria do então vereador Reginaldo Aparecido Flauzino, o qual cobrava providências quanto aos cães que andam livremente nas áreas centrais do Município, especialmente os que costumam ficar próximos ao ponto de táxi da Praça Dr. Emilio da Silveira; quais as práticas adotadas na atual Administração no sentido de tirar esses animais das ruas; qual a responsabilidade do Município perante os cidadãos que foram atacados e/ou feridos pelos cães que frequentam as referidas áreas; qual a situação dos canis Municipais hoje; por que mesmo depois desta matéria ter sido discutida na Câmara Municipal em legislaturas anteriores, os incidentes com animais continuam._x000D_
 _x000D_
 Justificativa: reiterar o requerimento acima mencionado, uma vez que este assunto já foi discutido em outras oportunidades, pois se trata de uma questão grave de segurança pública.</t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2426/2021-9-7472.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2426/2021-9-7472.pdf</t>
   </si>
   <si>
     <t>Encaminhar a esta Casa Legislativa informações complementares ao Requerimento nº 05/2021, de minha autoria, constando: relatório sobre a situação financeira do Município, com número das contas, das agências bancárias e dos bancos; relatórios referentes aos contratos firmados com todos os contratados de execução de obras, consórcios, convênios e outros; relatórios atualizados de todos os bens patrimoniais permanentes do Município,_x000D_
 bem como o levantamento dos bens de consumo existentes no almoxarifado; relatórios atualizados da estrutura funcional da Administração Pública, contendo demonstrativos do quadro de servidores, incluindo lotação e descrição das atividades; levantamento de assuntos que sejam ou podem resultar em processos judiciais ou administrativo; relatórios das principias ações, projetos e programas em execução, interrompidos, finalizados ou que aguardam implementação._x000D_
 _x000D_
 Justificativa: reiterar e complementar o Requerimento nº 05/2021, de minha autoria, aprovado em plenário.</t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2427/2021-10-7475.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2427/2021-10-7475.pdf</t>
   </si>
   <si>
     <t>Informar se existe algum projeto para canalizar a água de chuva do 1º Cemitério._x000D_
 _x000D_
 Justificativa: os moradores estão incomodados com a água que desce na rua proveniente do referido cemitério, juntamente com restos mortais, velas, flores, se tornando, inclusive, uma questão de saúde pública.</t>
   </si>
   <si>
     <t>2428</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2428/2021-11-8784.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2428/2021-11-8784.pdf</t>
   </si>
   <si>
     <t>Informar se existe algum projeto para terminar o asfalto da Rua João Pinheiro._x000D_
 _x000D_
 Justificativa: os moradores estão cobrando o término da obra, porque foi passado somente uma camada de asfalto há mais de nove anos.</t>
   </si>
   <si>
     <t>2792</t>
   </si>
   <si>
     <t>Kátia Goyatá, Professor Luciano Solar, Tani Rose</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2792/requerimento_no_12-2021_-_katia_-_tani_-_solar.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2792/requerimento_no_12-2021_-_katia_-_tani_-_solar.pdf</t>
   </si>
   <si>
     <t>Requer que seja devidamente constituída a Comissão Especial de Educação desta Câmara Municipal de Alfenas._x000D_
 _x000D_
 Justificativa: atuar em defesa de uma educação de qualidade para o nosso município.</t>
   </si>
   <si>
     <t>2429</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2429/2021-13-8797.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2429/2021-13-8797.pdf</t>
   </si>
   <si>
     <t>Encaminhar a esta Casa Legislativa informações sobre a remessa de vacinas Coronavac, contendo: documentos que comprovem a quantidade de doses recebidas pelo Município; os locais para os quais as doses foram disponibilizadas, tais como hospitais, instituições e PSFs; o nome das pessoas beneficiadas pela imunização, seu local de trabalho, bem como número do lote e a data da vacina que o mesmo recebeu._x000D_
 _x000D_
 Justificativa: respaldo na função fiscalizadora própria do Poder Legislativo de controle dos atos do Poder Executivo.</t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2430/2021-14-8802.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2430/2021-14-8802.pdf</t>
   </si>
   <si>
     <t>Determinar avaliação técnica, in loco, para resolver o antigo problema de escoamento irregular de água pluvial existente em terrenos da Av. Jovino Fernandes Sales, na altura do nº 1430, ao lado da VL Enxovais. Informar a esta Edilidade as providências que serão ou já foram tomadas, com a finalidade de resolver o problema dos moradores que têm suas casas invadidas pelo grande volume de água que desce pelos terrenos do citado endereço._x000D_
 _x000D_
 Justificativa: por várias vezes, os proprietários dos imóveis tiveram os muros danificados e suas residências invadidas pelo excesso de água, causando-lhes prejuízos das mais diversas ordens.</t>
   </si>
   <si>
     <t>2791</t>
   </si>
   <si>
     <t>Kátia Goyatá, Tani Rose, Teresa Ambulatório Cruz Preta</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2791/requerimento_no_15-2021_-_tani_-_katia_-_teresa.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2791/requerimento_no_15-2021_-_tani_-_katia_-_teresa.pdf</t>
   </si>
   <si>
     <t>Requer que seja devidamente constituída a Comissão Especial de Políticas para as Mulheres da Câmara Municipal de Alfenas._x000D_
 _x000D_
 Justificativa: criar um canal para aprofundar os debates sobre os direitos da mulher e o aprofundamento da equidade entre os gêneros, atuando em defesa dos direitos da mulher, que perpassa pelos projetos que tramitam nesta Casa.</t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2431/2021-16-8804.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2431/2021-16-8804.pdf</t>
   </si>
   <si>
     <t>Determine visita técnica, in loco, para resolver o problema dos arranques expostos nos pontos de circular. Informar a esta Edilidade as providências que serão tomadas para solução do caso._x000D_
 _x000D_
 Justificativa: a exposição desses pinos tem provocado acidentes, pois muitos cidadãos caem e se machucam ao tropeçarem nos mesmos.</t>
   </si>
   <si>
     <t>2432</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2432/2021-17-8805.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2432/2021-17-8805.pdf</t>
   </si>
   <si>
     <t>Encaminhar resposta a esta Casa de Leis com relação aos seguintes questionamentos: se o Conselho Municipal de Esportes de Alfenas encontra-se executando trabalhos atualmente (ativo); se o Município concluiu o cadastro das atividades esportivas no ano de 2018/2019; se o Município encontra-se apto para recebimento do ICMS Esportivo; se o Município poderá receber o ICMS Esportivo ainda nesse ano de 2021._x000D_
 _x000D_
 Justificativa: trabalhar em conjunto para contribuir com nossos esportistas e incentivar o esporte em nosso Município.</t>
   </si>
   <si>
     <t>2433</t>
   </si>
   <si>
     <t>Professor Luciano Solar</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2433/2021-18-8809.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2433/2021-18-8809.pdf</t>
   </si>
   <si>
     <t>Enviar as seguintes informações sobre a coleta seletiva de lixo, obtidas junto à empresa Alfenas Ambiental, constando: a quantidade de lixo produzida no município; qual parte é recolhida e tratada; a quantidade de lixeiras utilizadas e se há necessidade de adquirir mais; a disposição destas lixeiras na cidade; as datas e horários das coletas por bairro / região; outras informações que entenderem disponíveis._x000D_
 _x000D_
 Justificativa: obter o acesso às referidas informações, pois através de ligação e e-mail, em ambos os canais não houve retorno por parte da empresa.</t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2434/2021-19-7525.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2434/2021-19-7525.pdf</t>
   </si>
   <si>
     <t>Informar o nome da empresa que cuida da manutenção das estradas rurais do nosso Município; quem é o proprietário, coordenador, ou gerente; como está funcionado atualmente o encaminhamento dos pedidos para manutenção das estradas rurais; se o interessado precisa ir diretamente à Secretaria de Obras ou poderá entrar em contato diretamente com a empresa; até quando esta empresa será responsável pela manutenção das estradas rurais do Município; qual é o endereço e o meio de comunicação (telefone) para contatar, se preciso for, o responsável._x000D_
 _x000D_
 Justificativa: recebemos várias reclamações e pedidos diariamente, sobre os quais precisamos nos orientar sobre qual pessoa procurar.</t>
   </si>
   <si>
     <t>2435</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2435/2021-20-7526.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2435/2021-20-7526.pdf</t>
   </si>
   <si>
     <t>Informar como é feita a manutenção, como limpeza e faxina, dos banheiros e cozinha do Velório Municipal._x000D_
 _x000D_
 Justificativa: tenho recebido reclamações de pessoas que utilizaram os serviços do velório e disseram que os banheiros estão com mau cheiro e a cozinha com falta de limpeza.</t>
   </si>
   <si>
     <t>2436</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2436/2021-21-7540.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2436/2021-21-7540.pdf</t>
   </si>
   <si>
     <t>Informar a este Legislativo sobre: a reforma da quadra e do campo do Santos Reis (complexo Santos Reis); a reforma do campo do Jd. Primavera; a previsão para a retomada das reformas; os cronogramas das obras._x000D_
 _x000D_
 Justificativa: obter mais informações a respeito da matéria, para melhor esclarecer à população interessada.</t>
   </si>
   <si>
     <t>2437</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2437/2021-22-8815.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2437/2021-22-8815.pdf</t>
   </si>
   <si>
     <t>Informar se existe algum projeto de revitalização da Praça do Jd. Esperança; se está prevista a realização de melhorias na iluminação pública no entorno_x000D_
 da referida Praça; quando a Administração Municipal pretende dar início a referida obra._x000D_
 _x000D_
 Justificativa: os usuários do local alegam que o abandono e a falta de segurança nesse espaço público acabam favorecendo atos de vândalos, bem como a concentração de pessoas desocupadas.</t>
   </si>
   <si>
     <t>2438</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2438/2021-23-7542.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2438/2021-23-7542.pdf</t>
   </si>
   <si>
     <t>Informar a data em que os idosos do Lar São Vicente serão vacinados com a Coronavac._x000D_
 _x000D_
 Justificativa: devido à velocidade com que o vírus da Covid-19 se expande e pelo fato de afetar com gravidade os idosos.</t>
   </si>
   <si>
     <t>2451</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2451/2021-24-7544.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2451/2021-24-7544.pdf</t>
   </si>
   <si>
     <t>Requer que se determine a devida manutenção dos cemitérios 1, 2 e 3, visto que os mesmos encontram-se tomados por erva daninha e muita sujeira, o que vem causando inúmeras reclamações da população, além de acúmulos de objetos que levam à proliferação de insetos e animais peçonhentos._x000D_
 _x000D_
 Justificativa: a manutenção contínua trará melhor acesso e segurança aos munícipes frequentadores.</t>
   </si>
   <si>
     <t>2452</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2452/2021-25-7547.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2452/2021-25-7547.pdf</t>
   </si>
   <si>
     <t>Enviar informações sobre as diárias de viagens pagas aos motoristas da saúde do Município de Alfenas, constando: o valor das diárias pagas aos motoristas da Secretaria de Saúde; se o motorista recebe algum adicional além da diária normal; se existe algum tipo de bônus, abono ou função gratificada paga a estes motoristas; a carga horária de trabalho destes servidores e se existe o pagamento pelas horas extras trabalhadas._x000D_
 _x000D_
 Justificativa: exercício da função de fiscalização dos atos do Poder Executivo e em virtude das informações passadas por alguns motoristas lotados nesta secretaria.</t>
   </si>
   <si>
     <t>2453</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2453/2021-26-7556.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2453/2021-26-7556.pdf</t>
   </si>
   <si>
     <t>Informar a este Legislativo se está nos planos desta Administração a realização de revisão no Plano de Cargos e Salários dos funcionários públicos municipais de Alfenas, visando uma melhoria na qualidade de suas carreiras; se todos os atuais servidores estão enquadrados em suas respectivas carreiras; se existe a possibilidade de nossos servidores efetivos voltarem a ter o benefício de Férias-prêmio?_x000D_
 _x000D_
 Justificativa: obter mais informações a respeito da matéria, para melhor esclarecer os inúmeros servidores Municipais que anseiam por um Plano de_x000D_
 Cargos e Salários que ofereça mais benefícios e/ou vantagens em suas carreiras funcionais.</t>
   </si>
   <si>
     <t>2454</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2454/2021-27-7575.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2454/2021-27-7575.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa quando serão trocados os braços e as lâmpadas dos postes da Rua Joaquim Guarda._x000D_
 _x000D_
 Justificativa: esclarecer os moradores que estão reivindicando tal providência, diante da insegurança causada pela falta de iluminação pública.</t>
   </si>
   <si>
     <t>2455</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2455/2021-28-7594.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2455/2021-28-7594.pdf</t>
   </si>
   <si>
     <t>Encaminhar a esta Casa Legislativa informações relativas à compra de um encarcerador para o Corpo de Bombeiros, constando: o valor já repassado à Corporação para realização da referida compra; o impedimento para que o restante do valor destinado a compra do encarcerador seja repassado para Corporação; a previsão para este repasse._x000D_
 _x000D_
 Justificativa: o valor destinado para a compra do encarcerador já foi aprovado e esta aquisição será de grande importância para o salvamento não só de cidadãos alfenenses, mas para todos aqueles que necessitarem de socorro.</t>
   </si>
   <si>
     <t>2456</t>
   </si>
   <si>
     <t>Carlinho Vardemá, Márcio Dunga, Tani Rose</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2456/2021-29-7666.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2456/2021-29-7666.pdf</t>
   </si>
   <si>
     <t>Requer que seja devidamente constituída a Comissão Especial de Esporte e Lazer desta Câmara Municipal de Alfenas._x000D_
 _x000D_
 Justificativa: estimular o esporte e buscar mais investimentos financeiros, com o intuito de desenvolver ações e práticas, estabelecer parcerias com órgãos afins, garantindo, com isso, o desporto junto à população.</t>
   </si>
   <si>
     <t>2457</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2457/2021-30-7607.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2457/2021-30-7607.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa acerca da manutenção e troca das câmeras de segurança do Município, respondendo sobre a retirada da câmera de segurança instalada na Rua João Paulino Damasceno, esquina com a Rua Joaquim Manso Vieira, no bairro Santa Rita: quando foi retirada a câmera de segurança e qual motivo; por que não foi feito reparo ou substituição; se existe previsão de funcionamento; quem realiza, atualmente, a manutenção das câmeras de segurança; quantas câmeras em efetivo funcionamento há no nosso Município e quantas estão inativas e quais os motivos._x000D_
 _x000D_
 Justificativa: exercício fiscalizatório inerente aos membros do Poder Legislativo.</t>
   </si>
   <si>
     <t>2461</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2461/2021-31-7717.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2461/2021-31-7717.pdf</t>
   </si>
   <si>
     <t>Responder as seguintes indagações, no que pertine à fixação de novos pontos de ônibus nas calçadas do perímetro urbano, através de empresa contratada pela municipalidade: qual a Secretaria gestora do contrato existente para exploração de material publicitário e colocação de pontos de ônibus; se existem estudos de viabilidade e impacto na colocação desses equipamentos em frente às residências de nossos cidadãos; quem é o fiscal que está acompanhando a fixação de aparatos para colocação de pontos de ônibus; se as normas de acessibilidade estão sendo respeitadas, especialmente quanto a passagens de cadeirantes. Enviar cópia de todo processo licitatório, juntamente com o contrato para uma análise mais específica._x000D_
 _x000D_
 Justificativa: muitos cidadãos estão se deparando com a implantação de equipamentos em frente aos seus imóveis, porém não foram consultados e uma_x000D_
 grande quantidade não concorda com essa medida.</t>
   </si>
   <si>
     <t>2470</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2470/2021-32-7608.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2470/2021-32-7608.pdf</t>
   </si>
   <si>
     <t>Informar sobre: os trabalhos de prevenção, promoção e vigilância da saúde que estão sendo realizados no município dentro da ESF; a quantidade de ESF - “PSF” existentes no município e quais suas abrangências territoriais; como estão sendo formadas as equipes que atuam dentro das Unidades Básicas de Saúde e ESF; como estão sendo realizados os atendimentos domiciliares; se, nos casos de maior complexidade tecnológica, encaminhamentos a especialistas estão sendo realizados; quantos funcionários existem, dentro do quadro de Atenção Básica do município, e quais suas funções; o que afetou a ESF – “PSF” com a pandemia; o que é necessário para o atendimento de Atenção Básica de Saúde neste município._x000D_
 _x000D_
 Justificativa: garantir um maior conhecimento neste âmbito para que as estratégias e melhorias que se fizerem necessárias sejam definidas em conjunto à esta Casa de Leis.</t>
   </si>
   <si>
     <t>2471</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2471/2021-33-7718.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2471/2021-33-7718.pdf</t>
   </si>
   <si>
     <t>Encaminhar a esta Casa Legislativa informações sobre o Concurso Público realizado pela Prefeitura Municipal de Alfenas, em 2016, respondendo se existe a possibilidade de convocação/nomeação dos candidatos remanescentes aprovados no Concurso Público / 2016?_x000D_
 _x000D_
 Justificativa: o referido concurso ainda se encontra no período de validade, devido à sua prorrogação, bem como a necessidade de novas nomeações em_x000D_
 diversos setores da Administração pública.</t>
   </si>
   <si>
     <t>2472</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2472/2021-34-7616.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2472/2021-34-7616.pdf</t>
   </si>
   <si>
     <t>Enviar informações a esta Casa Legislativa sobre a possibilidade de realizar as seguintes obras: construir passeio da Escola D. Zinica até a ponte; arrumar a estrada nas proximidades da Escola D. Zinica até a ponte; fazer reparos na ponte, pois as terras estão saindo na cabeceira (ponte está defeituosa, não tem cabeceira para sustentar a ponte); recapear dois metros de asfalto nesse trecho ate a ponte; iluminar a ponte._x000D_
 _x000D_
 Justificativa: atender os pedidos de muitos moradores da proximidade, diante do alto fluxo de pessoas que por ali passam.</t>
   </si>
   <si>
     <t>2473</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2473/2021-35-7622.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2473/2021-35-7622.pdf</t>
   </si>
   <si>
     <t>Informar sobre a possibilidade da Prefeitura comprar um terreno para construir uma área de lazer no bairro Jardim São Carlos._x000D_
 _x000D_
 Justificativa: o referido bairro não tem nenhuma área de lazer para os seus moradores.</t>
   </si>
   <si>
     <t>2474</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2474/2021-36-7625.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2474/2021-36-7625.pdf</t>
   </si>
   <si>
     <t>Prestar as seguintes informações: listar o nome de todos os laboratórios de Alfenas que realizam o teste para a COVID-19; informar os valores que cada laboratório tem cobrado para realização dos respectivos testes._x000D_
 _x000D_
 Justificativa: Exercício da função fiscalizadora atribuída aos membros do Poder Legislativo sobre os atos do Executivo.</t>
   </si>
   <si>
     <t>2475</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2475/2021-37-8869.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2475/2021-37-8869.pdf</t>
   </si>
   <si>
     <t>Informar a respeito da vacinação contra a COVID-19 para os profissionais do Serviço de Atendimento Móvel de Urgência - SAMU: se haverá a liberação das vacinas CORONAVAC para os profissionais do SAMU; quando acontecerá, ou se não, justificar o motivo da não inclusão dos profissionais do Serviço de Atendimento Móvel de Urgência._x000D_
 _x000D_
 Justificativa: é necessária a devida atenção e cuidado com estes profissionais, que são importantíssimos para o funcionamento do sistema de saúde do nosso município.</t>
   </si>
   <si>
     <t>2476</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2476/2021-38-7626.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2476/2021-38-7626.pdf</t>
   </si>
   <si>
     <t>Informar de quem é a responsabilidade pelo asfaltamento e manutenção do loteamento existente em Gaspar Lopes._x000D_
 _x000D_
 Justificativa: os moradores deste loteamento e os vizinhos reclamam e pedem melhorias para nós, representantes do povo, e nós não sabemos de quem cobrar.</t>
   </si>
   <si>
     <t>2477</t>
   </si>
   <si>
     <t>CCLJRF - Comissão de Constituição, Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2477/2021-39-7638.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2477/2021-39-7638.pdf</t>
   </si>
   <si>
     <t>Solicitar ao Executivo Municipal informações atinentes ao Projeto de Lei nº 1/2021, quanto à liberação de alvarás sanitários em relação às medidas de acessibilidade para as pessoas com deficiência nos comércios, bares, restaurantes, farmácias e afins._x000D_
 _x000D_
 Justificativa: fornecer subsídios aos estudos da CCLJRF para análise da mencionada proposição e posterior emissão de parecer ao Projeto de Lei nº 1/2021.</t>
   </si>
   <si>
     <t>2478</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2478/2021-40-7650.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2478/2021-40-7650.pdf</t>
   </si>
   <si>
     <t>Prestar informações no que diz respeito aos Professores eventuais, enviando detalhadamente os critérios que foram adotados e as respectivas justificativas para escolha dos Professores considerados “Eventual”, da rede Municipal de Ensino._x000D_
 _x000D_
 Justificativa: Exercício da função fiscalizadora atribuída aos membros do Poder Legislativo sobre os atos do Executivo.</t>
   </si>
   <si>
     <t>2479</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2479/2021-41-7652.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2479/2021-41-7652.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa da estimativa de quantas pessoas foram beneficiadas pela Lei 4.530/2014, que reduz em 75% o valor do IPTU para os portadores de necessidades especiais, idosos e os acometidos por doenças especiais e cancerígenas, desde sua promulgação._x000D_
 _x000D_
 Justificativa: por se tratar de uma Lei de minha autoria, o intuito desta proposição é obter a informação solicitada, para assim, poder repassa-la para a população interessada.</t>
   </si>
   <si>
     <t>2480</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2480/2021-42-7655.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2480/2021-42-7655.pdf</t>
   </si>
   <si>
     <t>Informe a esta Casa Legislativa qual a data prevista para a vacinação dos servidores do cemitério, dos funcionários de laboratórios e dos agentes funerários, para imuniza-los contra a Covid-19._x000D_
 _x000D_
 Justificativa: tendo em vista a gravidade da Covid-19 e a grande importância do trabalho exercido por esses profissionais, que todos os dias se arriscam na linha de frente no combate à está pandemia, o intuito deste requerimento é obter mais informações a respeito da matéria, para melhor esclarecer a população interessada.</t>
   </si>
   <si>
     <t>2481</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2481/2021-43-7668.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2481/2021-43-7668.pdf</t>
   </si>
   <si>
     <t>Encaminhar a esta Casa Legislativa informações sobre o Conservatório de Música Municipal, especificando a sua localização, se ainda está na Rua Presidente Arthur Bernardes, e se o local está adequado para atender pessoas com deficiência._x000D_
 _x000D_
 Justificativa: tendo em vista que música é para todos, sem distinção de quem tem ou não deficiência e levando em conta o quanto a música contribui para o desenvolvimento dos cidadãos.</t>
   </si>
   <si>
     <t>2482</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2482/2021-45-7660.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2482/2021-45-7660.pdf</t>
   </si>
   <si>
     <t>Informar em que data especificamente serão chamados / convocados os varredores que prestaram o concurso._x000D_
 _x000D_
 Justificativa: segundo as informações recebidas, o prazo seria no início desse mês de fevereiro, entretanto, até o momento nada aconteceu.</t>
   </si>
   <si>
     <t>2483</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2483/2021-46-7661.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2483/2021-46-7661.pdf</t>
   </si>
   <si>
     <t>Fornecer uma lista com o link dos vídeos de apresentação de cada beneficiário da Lei Aldir Blanc, já que no Edital consta esta obrigatoriedade._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora atribuída aos membros do Poder Legislativo sobre os atos do Executivo.</t>
   </si>
   <si>
     <t>2484</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2484/2021-47-7662.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2484/2021-47-7662.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa o seguinte: se neste ano de 2021 o material destinado aos alunos da rede municipal será o mesmo utilizado pelo Estado de Minas Gerais; se os exercícios e tarefas realizadas pelos alunos serão acompanhadas e corrigidas, e de que forma; como serão feitas as avaliações dos alunos, se serão realizadas por professores e supervisores; quais as medidas e os investimentos a serem adotados para minimizar os prejuízos de aprendizagem, que acometeram os alunos da rede municipal, em consequência da Covid-19._x000D_
 _x000D_
 Justificativa: o exercício da função fiscalizadora, própria do Poder Legislativo, de controle dos atos do Poder Executivo.</t>
   </si>
   <si>
     <t>2485</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2485/2021-48-7669.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2485/2021-48-7669.pdf</t>
   </si>
   <si>
     <t>Informar se existe algum projeto de melhoria e cuidados especiais para o local no qual está a nascente da mina de água potável do Bairro Vila Teixeira, tais como: plantação de árvores frutíferas ou nativas; drenagem de águas; iluminação; assentamento de bancos; melhorar os tapumes com alambrados; e fazer um serviço de plantação de gramas._x000D_
 _x000D_
 Justificativa: por se tratar de um local bem arborizado necessita de cuidados e melhorias para abrigar os usuários da mina.</t>
   </si>
   <si>
     <t>2486</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2486/2021-49-8842.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2486/2021-49-8842.pdf</t>
   </si>
   <si>
     <t>Solicitar informações sobre os procedimentos adotados pelo Detran-MG em Alfenas, nas realizações das provas práticas de direção no município, respondendo: por que os exames de direção foram transferidos para o período noturno em Alfenas; se isto não fez com que o índice de reprovação nestes exames aumentassem significativamente, devido à diminuição da visibilidade da via durante as manobras de estacionamento ao meio fio (balizas); se na cidade de Alfenas não existem outras vias (ruas) de maior espaço na qual estes exames possam ser realizados, diminuindo a aglomeração de alunos (as) e parentes que acompanham estas pessoas na realização destes exames práticos de direção._x000D_
 _x000D_
 Justificativa: diversos cidadãos trouxeram até a Câmara Municipal reclamações referentes à realização destes exames, sendo realizados no período noturno. E os moradores da Rua Nabor Toledo Lopes reclamam da aglomeração de pessoas no local, em todos os dias que acontecem os exames do DETRAN-MG.</t>
   </si>
   <si>
     <t>2487</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2487/2021-50-8843.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2487/2021-50-8843.pdf</t>
   </si>
   <si>
     <t>Informe a esta Casa Legislativa como está sendo feita a análise das águas potáveis das minas existentes no Município, detalhando o critério usado para essa análise, o responsável por este trabalho e a periodicidade para a realização das análises._x000D_
 _x000D_
 Justificativa: o intuito desta proposição é obter mais informações a respeito da matéria, para melhor esclarecer a população interessada.</t>
   </si>
   <si>
     <t>2488</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2488/2021-51-7685.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2488/2021-51-7685.pdf</t>
   </si>
   <si>
     <t>Encaminhar a esta Casa informações concernentes ao Programa Criança Feliz, detalhando: a qual Secretaria Municipal o Programa Criança Feliz está atrelado; em qual localidade o Programa vem funcionando, quais os profissionais que atendem esta demanda; quantos processos seletivos foram realizados para contratações de profissionais para atender o Programa; se os profissionais listados no resultado do processo seletivo divulgado em 18/03/2020 vão trabalhar no programa em comento; se existe alguma vaga de assistente social para ser inserida no programa, no que pertine ao último concurso público._x000D_
 _x000D_
 Justificativa: esclarecer algumas dúvidas que foram apontadas por munícipes.</t>
   </si>
   <si>
     <t>2489</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2489/2021-52-7690.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2489/2021-52-7690.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa as seguintes informações: atualmente qual o total de vagas disponibilizadas pela empresa que administra o estacionamento rotativo no Município; deste total qual o percentual de vagas destinadas para uso de idosos e portadores de deficiência; se existe uma estimativa de quantos idosos e portadores de deficiências utilizam veículos, seja dirigindo ou como passageiros, em nossa cidade._x000D_
 _x000D_
 Justificativa: suspeita-se que o número de vagas destinadas a esse grupo especial de pessoas é insuficiente, tendo em vista as inúmeras reclamações quanto ao fato dos mesmos não encontrar facilmente vagas para estacionarem seus veículos.</t>
   </si>
   <si>
     <t>2490</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2490/2021-53-7693.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2490/2021-53-7693.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de implantar intérprete de libras nas sessões da Câmara Municipal, providenciando o seguinte: melhoria dos equipamentos de radiodifusão da Câmara Municipal; aquisição de duas câmeras, dois tripés e iluminação básica direcional ao intérprete; contratação de um intérprete de libras para as sessões._x000D_
 _x000D_
 Justificativa: melhorar a qualidade das transmissões das sessões da Câmara via internet, numa versão com janela em libras, com efetiva inclusão das pessoas que têm nessa linguagem a sua principal forma de comunicação.</t>
   </si>
   <si>
     <t>2491</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2491/2021-54-7695.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2491/2021-54-7695.pdf</t>
   </si>
   <si>
     <t>Reiterar o pedido de informações feito através do Requerimento nº 03/2021, respondido pela Secretaria de Governo de forma incompleta. Informar qual a previsão para o término deste recapeamento na Rua 13 de maio, em toda a sua extensão, se existe data prevista para a finalização desta obra._x000D_
 _x000D_
 _x000D_
 Justificativa: a informação que solicito na condição de vereador não diz respeito à operação de tapa buracos na Rua 13 de maio, mais sim sobre a finalização do recapeamento asfáltico na sua totalidade, pois o recapeamento foi realizado somente até o cruzamento da Rua 13 de maio com a Avenida Afonso Pena, faltando terminar o asfaltamento em mais 5 quarteirões até chegar no muro da antiga fábrica Saliba. Esta asfalto foi feito na década de 80 e nunca passou por recapeamento.</t>
   </si>
   <si>
     <t>2492</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2492/2021-55-7701.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2492/2021-55-7701.pdf</t>
   </si>
   <si>
     <t>Informar, referente aos professores especializados em inclusão e alunos assistidos no Município de Alfenas, o seguinte: a lista nominal dos 200 professores especializados em inclusão na Rede Municipal; a folha de pagamento dos 200 professores, referente à ultima competência paga; a lista dos alunos de inclusão e suas respectivas escolas onde estão sendo assistidos, apresentando o quantitativo por escola._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora atribuída aos membros do Poder Legislativo sobre os atos do Executivo.</t>
   </si>
   <si>
     <t>2493</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2493/2021-56-8848.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2493/2021-56-8848.pdf</t>
   </si>
   <si>
     <t>Informar qual empreiteira ou quais empreiteiras são responsáveis pela troca das lâmpadas de iluminação pública do Município de Alfenas, e quantas lâmpadas foram trocadas no período de 90 (noventa) dias._x000D_
 _x000D_
 Justificativa: são muitas as reclamações recebidas a respeito da troca de lâmpadas, tendo inclusive alguns locais com lâmpadas queimadas há seis meses. Os cidadãos já pagam uma taxa de iluminação pública, sendo que existem alguns locais que ainda não possui iluminação.</t>
   </si>
   <si>
     <t>2494</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2494/2021-57-7703.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2494/2021-57-7703.pdf</t>
   </si>
   <si>
     <t>Informar se as pessoas que fazem o tratamento fora do domicílio tem um auxílio-alimentação de R$ 8,40._x000D_
 _x000D_
 Justificativa: segundo as pessoas que fazem o tratamento fora do município, que muitas das vezes são pessoas muito carentes, o valor é baixo, necessitando que o Poder Executivo estude a possibilidade de aumentar o valor do referido auxílio.</t>
   </si>
   <si>
     <t>2496</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2496/2021-58-7704.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2496/2021-58-7704.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal documentação e providências referentes ao Projeto de Lei nº 5/2021, no sentido de encaminhar cópia do estudo do impacto orçamentário-financeiro no exercício em que o benefício deva entrar em vigor e nos 2 (dois) subsequentes, nos termos da Lei Complementar nº 101, de 4 de maio de 2000 - Lei de Responsabilidade Fiscal._x000D_
 _x000D_
 Justificativa: fornecer subsídios aos estudos da CCLJRF para análise do Projeto de Lei nº 5/2021 e posterior emissão do respectivo parecer.</t>
   </si>
   <si>
     <t>2497</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2497/2021-59-8849.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2497/2021-59-8849.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa, sobre o Processo Seletivo Simplificado 01/2017, para Agentes Comunitários de Saúde: se ainda existe a possibilidade de convocação dos aprovados que estão na fila de espera; qual o motivo para a não nomeação dos aprovados da área de saúde, uma vez que se trata de um concurso ainda valido, homologado e cujos os cargos continuam disponíveis; se há intenção por parte do Executivo de realizar um novo Processo Seletivo para profissionais da saúde._x000D_
 _x000D_
 Justificava: muitos dos aprovados no referido Processo Seletivo denunciam que ao procurarem informações na Secretária de Saúde são instruídos a aguardarem, pois suas vagas estão garantidas, mas percebem que outras pessoas, que nem fizeram parte do processo, ocuparam as vagas.</t>
   </si>
   <si>
     <t>2498</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2498/2021-60-7719.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2498/2021-60-7719.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal documentação e informações referentes ao Projeto de Lei nº 6/2021, encaminhando a esta Comissão cópia do contrato social referente à empresa ICRO SOLUÇÕES PARA MANUTENÇÃO LTDA.; as certidões negativas municipal, estadual e federal relativas à mencionada_x000D_
 empresa; os motivos que levaram a abertura da citada empresa há menos de (seis) meses; se está vinculada a alguma outra empresa; se inexiste concorrência no Município em relação à proposta da referida empresa, além de ter também o apoio e parceria da UNIFAL._x000D_
 _x000D_
 Justificativa: fornecer subsídios aos estudos da CCLJRF para análise do Projeto de Lei nº 6/2021 e posterior emissão do respectivo parecer.</t>
   </si>
   <si>
     <t>2499</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2499/2021-61-7727.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2499/2021-61-7727.pdf</t>
   </si>
   <si>
     <t>Informar a possibilidade da Secretaria de Saúde vacinar os profissionais da educação, após os idosos serem vacinados._x000D_
 _x000D_
 Justificativa: trata-se de uma reivindicação do Sindicato dos Professores- Sinpro-MG, no sentido de que sejam incluídos entre as prioridades para_x000D_
 vacinação os profissionais da educação, com o retorno das aulas presenciais apenas quando todos forem imunizados.</t>
   </si>
   <si>
     <t>2500</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2500/2021-62-7731.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2500/2021-62-7731.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa de quem é a responsabilidade pela manutenção da limpeza de restos de fios que ficam expostos e depositados nos postes de iluminação pública de nossa cidade, para que tome as providências de averiguar e ver possibilidades de melhorar esta poluição visual._x000D_
 _x000D_
 Justificativa: tem havido muitas reclamações e pude constar que existe acúmulo de restos de fiações em boa parte dos postes, em todos os bairros de nossa cidade, ocasionando ninhos de pássaros, teias de aranha, bem como papéis que são levados pelo vento, formando uma poluição visual em nossa cidade.</t>
   </si>
   <si>
     <t>2501</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2501/2021-63-8860.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2501/2021-63-8860.pdf</t>
   </si>
   <si>
     <t>Informar se existe verba do orçamento municipal destinada para a entidade do Grupo Conviver, com os respectivos valores._x000D_
 _x000D_
 Justificativa: trata-se de uma entidade sem fins lucrativos, que passa por dificuldades financeiras, tais como, pagamento de aluguel e combustível.</t>
   </si>
   <si>
     <t>2502</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2502/2021-64-7734.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2502/2021-64-7734.pdf</t>
   </si>
   <si>
     <t>Prestar informações em relação à construção de uma nova sede administrativa para o Executivo Municipal, especificando se há previsão de quando será construída essa nova sede administrativa e se já existe um projeto executivo elaborado para a construção da mesma._x000D_
 _x000D_
 Justificativa: uma nova sede administrativa é de suma importância neste momento, para que o Poder Executivo possa abrigar muitos órgãos e secretarias, desta forma economizando com as despesas dos atuais aluguéis, possibilitando que o dinheiro economizado possa ser investido em outras áreas como a saúde.</t>
   </si>
   <si>
     <t>2503</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2503/2021-65-8865.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2503/2021-65-8865.pdf</t>
   </si>
   <si>
     <t>Encaminhar a esta Casa Legislativa informações sobre os critérios tomados na fiscalização dos loteamentos realizados em nossa cidade, tais como: se existe um engenheiro acompanhando diariamente estas obras; se existem profissionais capacitados nos loteamentos para acompanhar a execução_x000D_
 dos serviços de escavação para assentamento de manilhas de esgoto e águas pluviais, de assentamentos das manilhas e de rejuntamento das mesmas; se a Prefeitura tem ciência sobre a análise da compactação e da medição dos centímetros do cascalho já compactado, bem como sobre a real qualidade dos produtos usados na massa asfáltica; se existe uma fiscalização que acompanhe os centímetros de capa asfáltica e a construção dos meios-fios; qual o critério que a Prefeitura adota no recebimento destas obras._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, própria do Poder Legislativo, de controle dos atos do Poder Executivo.</t>
   </si>
   <si>
     <t>2504</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2504/2021-66-7736.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2504/2021-66-7736.pdf</t>
   </si>
   <si>
     <t>Encaminhar à Câmara Municipal informações relativas ao Aterro Sanitário do Município, detalhando: se o Aterro Sanitário Municipal recebe resíduos de outras cidades, citando-as; o valor pago por tonelada de lixo; o percentual que volta para o Município num período de 12 meses; o valor total depositado na conta do Município; a expectativa de vida do atual Aterro Sanitário Municipal._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, própria do Poder Legislativo, de controle dos atos do Poder Executivo, bem como informar a população a respeito da matéria.</t>
   </si>
   <si>
     <t>2505</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2505/2021-67-7763.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2505/2021-67-7763.pdf</t>
   </si>
   <si>
     <t>Requer que seja incluída como Secretária da Comissão Especial de Direitos Humanos, desta Câmara Municipal de Alfenas, a Vereadora Teresa Suelene de Paula._x000D_
 _x000D_
 Justificativa: considerando a relevância da matéria, bem como que existem pautas a serem analisadas pela mencionada comissão, faz-se necessária a inclusão da referida Vereadora como Secretária, para que as devidas reuniões possam ser realizadas.</t>
   </si>
   <si>
     <t>2506</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2506/2021-68-7756.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2506/2021-68-7756.pdf</t>
   </si>
   <si>
     <t>Reiterar pedido de informações sobre a empresa que opera o serviço de parada rotativa "área azul" em Alfenas, visto que em outra oportunidade já realizei tal requerimento e não foi respondido a contento, questionando: quantos funcionários integra seu quadro operacional; qual o valor, em média, arrecadado por mês; o nome dos proprietários, gerentes e supervisores; o lucro real que esta empresa traz ao nosso Município; se já ocorreu a troca,  substituição ou mesmo a saída de algum dirigente, sócio ou fundador da empresa; o motivo do não comparecimento da pessoa responsável, quando solicitado, a esta Casa Legislativa._x000D_
 _x000D_
 Justificativa: cumprimento do dever constitucional de fiscalização do atos do Poder Executivo municipal.</t>
   </si>
   <si>
     <t>2507</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2507/2021-69-8875.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2507/2021-69-8875.pdf</t>
   </si>
   <si>
     <t>Prestar informações relativas ao transporte coletivo municipal, detalhando se há no Município de Alfenas ônibus adaptado para pessoas com deficiência e qual é o atual estado de conservação destes veículos._x000D_
 _x000D_
 Justificativa: atender demanda deste gabinete, no sentido de prestar informações corretas aos cadeirantes, os quais gostariam de praticar atividades físicas, mas que não têm condições de se locomoveram até os locais para tal fim.</t>
   </si>
   <si>
     <t>2508</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2508/2021-70-8891.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2508/2021-70-8891.pdf</t>
   </si>
   <si>
     <t>Informar quantos alvarás de construção foram emitidos após a mudança do prazo de validade de 12 para 36 meses, conforme a Lei 4504/14, originada de projeto de lei de minha autoria._x000D_
 _x000D_
 Justificativa: como Vereador, nessa Legislatura 2021/2024, preciso passar as informações aos contribuintes.</t>
   </si>
   <si>
     <t>2509</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2509/2021-71-8892.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2509/2021-71-8892.pdf</t>
   </si>
   <si>
     <t>Reiterar Requerimentos anteriores, para que o Executivo envie a esta Casa Legislativa resposta ao Requerimento nº 08/2021, apresentado em Reunião ordinária de 25/01/2021, bem como envie respostas complementares ao Requerimento nº 24/2021._x000D_
 _x000D_
 Justificativa: o Requerimento nº 08/2021 ainda não foi respondido pelo Executivo e o Requerimento nº 24/2021 não apresentou respostas satisfatórias.</t>
   </si>
   <si>
     <t>2510</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2510/2021-72-7806.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2510/2021-72-7806.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa as seguintes informações: se a atual Administração possui um cronograma para a realização de recapeamento, operação tapa-buracos e asfaltamento de vias públicas; se este cronograma está organizado por bairros, data e tempo de execução; enviar cópia da programação deste serviço, bem como suas diretrizes._x000D_
 _x000D_
 Justificativa: obter mais informações a respeito da matéria, para melhor esclarecer à população interessada.</t>
   </si>
   <si>
     <t>2511</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2511/2021-73-8894.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2511/2021-73-8894.pdf</t>
   </si>
   <si>
     <t>Requer que seja devidamente constituída a Comissão Especial de Agricultura Familiar desta Câmara Municipal de Alfenas._x000D_
 _x000D_
 Justificativa: garantir uma vida mais digna ao produtor familiar, com acolhimento e oferecimento de capacitação àqueles que ainda estão em processo de transição quanto ao uso de agrotóxicos, além de proporcionar aos mesmos o aumento na geração de empregos, o conhecimento e o auxílio necessário diante das dificuldades, diminuindo, assim, a distância destes com o Poder Legislativo, oportunizando que todos sejam ouvidos.</t>
   </si>
   <si>
     <t>2512</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2512/2021-74-7790.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2512/2021-74-7790.pdf</t>
   </si>
   <si>
     <t>Informar, para conhecimento dos vereadores e da população em geral, sobre qual é a vigência do contrato estabelecido com a empresa que prestava serviços de troca de lâmpadas no município - Vagalume._x000D_
 _x000D_
 Justificativa: os moradores reivindicam, pois em vários locais da cidade há lâmpadas queimadas e a demanda está muito grande desse serviço de troca de lâmpadas.</t>
   </si>
   <si>
     <t>2513</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2513/2021-75-7798.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2513/2021-75-7798.pdf</t>
   </si>
   <si>
     <t>Informar a este vereador se existe a possibilidade de o Executivo Municipal doar um terreno para o Clube Esportivo Operários e a Associação Esporte Clube Cruz Preta, para a construção de um novo campo de futebol._x000D_
 _x000D_
 Justificativa: a doação de um terreno para a construção de um novo campo de futebol no Município, além de alavancar o clube de nossa cidade, ainda servirá de incentivo para jovens e crianças de todas as idades a adotarem a prática dessa modalidade esportiva, que é uma paixão nacional, em suas vidas.</t>
   </si>
   <si>
     <t>2514</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2514/2021-76-7801.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2514/2021-76-7801.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa as seguintes informações: se o acompanhamento de adolescentes responsabilizados pelo ato infracional está sendo realizado; os membros da equipe para fazer tal acompanhamento; se a PSC – Prestação de Serviço à Comunidade está sendo realizada e em quais_x000D_
 entidades e programas; se esse acompanhamento está sendo devidamente informado por meios de relatórios à justiça; se o acompanhamento ao adolescente é estabelecido de acordo com os prazos legais; se está sendo realizado o cadastro no sistema Nacional de informações sobre o_x000D_
 atendimento; se há um plano municipal de atendimento socioeducativo em conformidade com o Plano Nacional e o respectivo plano Estadual; se há cofinanciamento conjunto com os demais entes federados; dentre outras._x000D_
 _x000D_
 Justificativa: conferir se o trabalho realizado para o desenvolvimento da medida socioeducativa em nosso Município encontra-se em conformidade com a legislação.</t>
   </si>
   <si>
     <t>2515</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2515/2021-77-8909.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2515/2021-77-8909.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa os esclarecimentos que se seguem: quantos empresários têm, por obrigação, que realizar contrapartida referente à doação / concessão de terrenos; quantos empresários efetivamente devolveram sua contrapartida à Prefeitura; quais empresários ainda estão realizando suas contrapartidas; enviar a lista nominal dos empresários contemplados, suas empresas, as respectivas contrapartidas e a atual situação em que se encontram._x000D_
 _x000D_
 Justificativa: exercício fiscalizatório dos atos do Poder Executivo, inerente aos membros do Poder Legislativo.</t>
   </si>
   <si>
     <t>2516</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2516/2021-78-7804.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2516/2021-78-7804.pdf</t>
   </si>
   <si>
     <t>Solicitar do coordenador e/ou do responsável pela empresa que presta serviços na concessão da Área Azul, no Município de Alfenas, as devidas informações: se o número de prestadores de serviços encontra-se atualmente compatível com todas as áreas determinadas para incidir a cobrança; como deve proceder o cidadão, nos casos em que o prestador de serviços (monitor) não encontra-se no local para realizar a cobrança; qual o procedimento realizado pela referida empresa após a emissão de Avisos de Irregularidade._x000D_
 _x000D_
 Justificativa: inúmeros cidadãos têm encontrado dificuldades para realizar o pagamento do estacionamento rotativo, visto que no momento em que estacionam o veículo não encontram nenhum monitor próximo ao local para efetuar a cobrança.</t>
   </si>
   <si>
     <t>2517</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2517/2021-80-7812.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2517/2021-80-7812.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa as seguintes informações: a relação com o número de internações nas clínicas para dependentes químicos do Município, nos últimos doze meses; o valor gasto com estas internações; a relação com os locais conveniados para a internação de dependentes químicos._x000D_
 _x000D_
 Justificativa: obter mais informações a respeito da matéria e conhecer a real situação de nossas clinicas.</t>
   </si>
   <si>
     <t>2518</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2518/2021-81-7826.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2518/2021-81-7826.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa quantas pessoas foram beneficiadas com a Oxigenoterapia domiciliar nos últimos 12 (doze) meses, com o valor gasto com esses pacientes._x000D_
 _x000D_
 Justificativa: trazer conhecimento sobre a situação atual dos pacientes de baixa renda que fazem uso de Oxigenoterapia domiciliar, além da função fiscalizadora inerente ao Poder Legislativo.</t>
   </si>
   <si>
     <t>2527</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2527/2021-82-7840.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2527/2021-82-7840.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa as seguintes informações: relação de todas as Quadras Esportivas existentes em nosso Município, por bairro; relação com o nome, função, horários de entrada / saída dos servidores que prestam serviços nestas quadras esportivas, bem como a quadra em que cada um está_x000D_
 alocado; se existe a possibilidade desta Administração vir a contratar novos servidores para trabalhar nas quadras, no período vespertino._x000D_
 _x000D_
 Justificativa: obter mais informações a respeito da matéria, além de cumprir com o exercício da função fiscalizadora, própria do Poder Legislativo.</t>
   </si>
   <si>
     <t>2528</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2528/2021-83-7841.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2528/2021-83-7841.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa informações a respeito do repasse da verba recebida para os Agentes Comunitários de Saúde (Lei complementar 13708/2018), detalhando: o número de agentes comunitários que atuam no Município atualmente; quantos estão nos PSFs e qual seus respectivos locais de trabalho; a previsão do repasse do fundo de saúde recebido; o valor total dos recursos já recebidos do programa; se ainda existem valores a serem depositados aos agentes comunitários de saúde._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, própria do Poder Legislativo, de controle dos atos do Poder Executivo.</t>
   </si>
   <si>
     <t>2529</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2529/2021-84-7958.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2529/2021-84-7958.pdf</t>
   </si>
   <si>
     <t>Prestar os seguintes esclarecimentos em relação à obra da perimetral: por que os trabalhos da empresa responsável pelas obras da perimetral estão_x000D_
 devagar, já que até o momento não fizeram quase nada; o motivo da CEMIG não ter retirado os postes até hoje._x000D_
 _x000D_
 Justificativa: há muitas reclamações, principalmente pelos moradores do Bairro Cascalho, pois a estrada se encontra em péssimas condições e o trabalho praticamente paralisado.</t>
   </si>
   <si>
     <t>2530</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2530/2021-85-7982.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2530/2021-85-7982.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa informações sobre o convênio realizado junto ao CIARC - Centro de Inclusão, Avaliação, Reabilitação e Capacitação, especificando: quantas crianças eram atendidas no teor do convênio; quais critérios eram realizados para que as crianças fossem atendidas; enviar cópia do convênio, com a documentação pertinente a todo o contrato, valores, serviços prestados e demais informações necessárias para o conhecimento do convênio deste Centro de Inclusão junto ao Poder Executivo._x000D_
 _x000D_
 Justificativa: exercício fiscalizatório dos atos do Poder Executivo, inerente aos membros do Poder Legislativo.</t>
   </si>
   <si>
     <t>2531</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2531/2021-86-7985.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2531/2021-86-7985.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa a lista com todos os candidatos aprovados e que foram convocados no concurso da Prefeitura Municipal de Alfenas, no ano de 2016._x000D_
 _x000D_
 Justificativa: exercício fiscalizatório dos atos do Poder Executivo, inerente aos membros do Poder Legislativo.</t>
   </si>
   <si>
     <t>2532</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2532/2021-87-8142.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2532/2021-87-8142.pdf</t>
   </si>
   <si>
     <t>Encaminhar a esta Casa Legislativa o relatório com os nomes, datas e valores recebidos pelos servidores que receberam horas extras, nos anos de 2020 à 2021, até o mês de março de 2021._x000D_
 _x000D_
 Justificativa: exercício da função de fiscalização dos atos do Poder Executivo, inerente ao Poder Legislativo.</t>
   </si>
   <si>
     <t>2533</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2533/2021-88-7986.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2533/2021-88-7986.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa informações a respeito da Contratação da Empresa Gilmar Firmino Ribeiro, inscrita sob CNPJ: 35.119.041/0001-86, fornecendo: cópia do contrato firmado com a referida empresa; Contrato Social Primitivo e a última alteração contatual; edital de licitação junto ao departamento de compras; a lista dos licitantes que concorreram neste edital; número de funcionários._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, própria do Poder Legislativo, de controle dos atos do Poder Executivo.</t>
   </si>
   <si>
     <t>2534</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2534/2021-89-8143.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2534/2021-89-8143.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa informações a respeito da Contratação da Empresa Lili Dog Fashion, inscrita sob CNPJ: 18.957.594/0001-99, fornecendo: cópia do contrato firmado com a referida empresa; Contrato Social Primitivo e a última alteração contatual; edital de licitação junto ao departamento de compras; a lista dos licitantes que concorreram neste edital; número de funcionários._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, própria do Poder Legislativo, de controle dos atos do Poder Executivo.</t>
   </si>
   <si>
     <t>2535</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2535/2021-90-7987.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2535/2021-90-7987.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa informações a respeito da contratação da empresa ABL Distribuidora de Produtos Hospitalares – CNPJ 07.534.438/0001-07._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora atribuída aos membros do Poder Legislativo sobre os atos do Poder Executivo.</t>
   </si>
   <si>
     <t>2536</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2536/2021-91-8006.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2536/2021-91-8006.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa informações referentes às seguintes indagações:_x000D_
 - se com a pandemia, as ESFs intensificarão os atendimentos médicos e acompanhamentos domiciliares; o funcionamento do programa PAGE dentro das ESFs; o tipo de atendimento desenvolvido pelo programa PAGE dentro da Casa dos Conselhos deste município._x000D_
 - se os atendimentos estão sendo realizados semanalmente com agendamento prévio e conforme portaria Interministerial 2.436/2017; se há dentro das ESFs toda a equipe necessária para tais atendimentos; se há agentes comunitários de saúde (ACS) contratados; se há a contratação de atendente de Farmácia; se há nas ESFs cirurgiões dentistas e auxiliares; enviar a esta casa lista nominal das equipes completas contratadas, com sua remuneração e forma de contrato._x000D_
 - se as consultas e exames de maior complexidade são atendidos em 30 dias; se há convênios e especialistas suficientes para tal demanda._x000D_
 _x000D_
 Justificativa: exercício fiscalizatório dos atos do Poder Executivo.</t>
   </si>
   <si>
     <t>2537</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2537/2021-92-8008.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2537/2021-92-8008.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa a respeito do enfrentamento ao Covid-19, detalhando: se os profissionais dos Hospitais Universitário Alzira Velano e IMESA já foram todos imunizados; se as datas de imunização e suas respectivas faixas etárias estão sendo divulgadas nas respectivas rádios de nossa cidade e região; como se deu a imunização dos profissionais da Superintendência de Alfenas; se haverá imunização intensiva nos finais de semana como foi sugerido pela Câmara Municipal, por solicitação do Vereador Márcio Fernando Costa (Dunga); enviar relatório do percentual de pessoas imunizadas por faixa etária no Município._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, atribuída aos membros do Poder Legislativo, sobre os atos do Poder Executivo.</t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2538/2021-93-8009.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2538/2021-93-8009.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa se há regulamentação dos serviços prestados pelos aplicativos de transporte particulares no Município e encaminhar cópia do ato regulamentador._x000D_
 _x000D_
 Justificativa: a fim de oferecer segurança aos usuários, cabe ao setor responsável fiscalizar essa prestação, observando a eficiência, a eficácia, a segurança e a efetividade, evitando, assim, o funcionamento sem regras e sem a devida fiscalização.</t>
   </si>
   <si>
     <t>2539</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2539/2021-94-8015.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2539/2021-94-8015.pdf</t>
   </si>
   <si>
     <t>Informar a esta casa sobre a prestação de serviços socioassistenciais, detalhando: os serviços que são prestados pelo CRAS para famílias em situação de Vulnerabilidade Social; se estão sendo realizados os serviços de prevenção de situação de risco; se estão sendo realizados os serviços de PAIF, vinculado ao cofinanciamento do governo federal; quantas famílias são referenciadas aos CRAS; o valor que é designado ao CRAS pelo cofinanciamento federal do PBF – Piso Básico Fixo; o horário de funcionamento dos CRAS; se há equipes constituídas para organização e oferta dos serviços as famílias referenciadas; os profissionais que compõem o quadro de funcionários e se as equipes são constituídas conforme o número de famílias; os tipos de benefícios eventuais que são atribuídos para a população da Secretaria de Ação Social, os critérios para adquiri-los e se estão amparados por alguma legislação._x000D_
 _x000D_
 Justificativa: exercício fiscalizatório dos atos do Poder Executivo.</t>
   </si>
   <si>
     <t>2540</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2540/2021-95-8036.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2540/2021-95-8036.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa o seguinte: quantos parquinhos públicos existem no Município; quantos destes possuem brinquedos adaptados para atender crianças com necessidades especiais; se existe intenção do Município em aumentar o número de parques que possuam brinquedos de playgrounds públicos adaptados para atender à necessidade das crianças com deficiência ou mobilidade reduzida._x000D_
 _x000D_
 Justificativa: obter mais informações a respeito da matéria, já que muitos municípios já aprovaram leis que estendem as adaptações para os brinquedos de playgrounds públicos e privados para atender ao direito e à necessidade das crianças com deficiência ou mobilidade reduzida.</t>
   </si>
   <si>
     <t>2541</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2541/2021-96-8051.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2541/2021-96-8051.pdf</t>
   </si>
   <si>
     <t>Informar a esta casa legislativa detalhes específicos das empresas beneficiadas com a doação de terrenos e suas contrapartidas, especificando: o endereço do proprietário e o local ao qual realizou a contrapartida; contato telefônico; detalhes das contrapartidas, bem como, aquelas citadas com pagamentos realizados, porém não foram citados os locais os quais foram efetuados estes pagamentos; especificidades e informações sobre as parcelas pagas da empresa de número 22, conforme reposta do requerimento 77/2021; por que ainda não foram realizadas as ordens de serviços, que demandam do poder executivo para que estas empresas as realizem, uma vez que há demanda demasiada no município para tais contrapartidas; enviar a esta casa os contratos e todas as formas documentais que formalizam as contrapartidas._x000D_
 _x000D_
 Justificativa: reiterar requerimento 77/2021.</t>
   </si>
   <si>
     <t>2542</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2542/2021-97-8934.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2542/2021-97-8934.pdf</t>
   </si>
   <si>
     <t>Prestar mais informações a esta Casa de Leis, no que diz respeito às providências tomadas para fins de viabilização de credenciamento junto ao Detran/MG, com o intuito de que os veículos apreendidos possam ser encaminhados para algum pátio localizado em nosso próprio município._x000D_
 _x000D_
 Justificativa: atualmente os veículos apreendidos em nosso município têm sido encaminhados ao pátio credenciado junto ao Detran/MG, localizado em_x000D_
 Paraguaçu/MG, portanto, este ato tem trazido prejuízos à população, que necessita se deslocar para conseguir retirar o seu veículo.</t>
   </si>
   <si>
     <t>2543</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2543/2021-98-8936.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2543/2021-98-8936.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa o seguinte: quantos são os terrenos aforados que deverão regularizados pela Prefeitura; a relação com o endereço dos referidos terrenos e nome dos seus proprietários; a previsão para a entrega das escrituras destes terrenos aos seus respectivos proprietários._x000D_
 _x000D_
 Justificativa: obter mais informações a respeito da matéria, para melhor esclarecer a população interessada.</t>
   </si>
   <si>
     <t>2544</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2544/2021-99-8062.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2544/2021-99-8062.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa de quem é a responsabilidade para a construção do muro do Residencial Tupã, tendo em vista que está cercado apenas com cerca de arame._x000D_
 _x000D_
 Justificativa: exercício fiscalizatório dos atos do Poder Executivo, inerente aos membros do Poder Legislativo.</t>
   </si>
   <si>
     <t>2545</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2545/2021-100-8946.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2545/2021-100-8946.pdf</t>
   </si>
   <si>
     <t>Reiterar o Requerimento nº 65, a respeito dos critérios tomados na fiscalização dos loteamentos realizados em nossa cidade, informando: se a Prefeitura tem conhecimento e até mesmo resultado de análise de compactação feito durante a construção de base (no caso cascalhamento já compactado); se a prefeitura acompanha a medição dos centímetros de cascalhamento da base pronta, conforme consta no contrato; se a Prefeitura tem ciência sobre o resultado de análise do produto CM-30, que é o primeiro banho de imprimação na base; se a Prefeitura tem ciência sobre o resultado de análise do produto chamado emulsão (pode ser RL1C ou RL2C), que é aplicado por cima da base depois do banho de ligação, quando se faz os asfaltamentos (capa asfáltica); se existe fiscalização na medição do centímetro do asfalto (capa), enquanto está sendo aplicado._x000D_
 _x000D_
 Justificativa: as respostas encaminhadas anteriormente, com referência ao Requerimento nº 65/2021, não foram respondidas de forma completa e satisfatória.</t>
   </si>
   <si>
     <t>2546</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2546/2021-101-8950.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2546/2021-101-8950.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa informações sobre o serviço de varrição e limpeza urbana do Município, detalhando: se todos os bairros de Alfenas, inclusive os mais periféricos, possuem serviço de varrição de rua; como é feito esse serviço, se é feito por equipes, quantas equipes existem atualmente, quantos varredores compõem cada equipe, a periodicidade de execução, quais bairros são varridos diariamente e quais os bairros com intervalos maiores; o cronograma do serviço por bairros; a justificativa porque o serviço de varrição de ruas e limpeza urbana, ultimamente, se encontra insuficiente ou inexistente._x000D_
 _x000D_
 Justificativa: conhecer melhor o funcionamento da limpeza urbana em Alfenas e as faculdades com sua execução, afim de propor melhorias do serviço.</t>
   </si>
   <si>
     <t>2547</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2547/2021-102-8077.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2547/2021-102-8077.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa as seguintes informações: o motivo de os agentes comunitários não estarem mais realizando as visitas domiciliares; quantos agentes comunitários existem atualmente; o cronograma de visitas realizadas por agentes / bairros._x000D_
 _x000D_
 Justificativa: inúmeras reclamações que chegam a este vereador acerca do assunto, onde moradores reclamam que justamente durante a pandemia as visitas deixaram de acontece regularmente.</t>
   </si>
   <si>
     <t>2548</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2548/2021-103-8078.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2548/2021-103-8078.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa, a respeito do Instituto de Medicina, Estudos e Desenvolvimento - IMED, que gerencia e executa ações e Serviços de Saúde nas Unidades de Saúde de Alfenas, o seguinte: qual Projeto rege esta consonância com as políticas de Saúde dentro do SUS; se tal projeto resultou no cumprimento do Direito Constitucional a saúde, conforme proposto; se há qualidade de assistência e humanização do atendimento a gestão_x000D_
 participativa, bem como à população que é prioridade; os tipos de acompanhamentos, monitoramento e gerencia que são realizados pela IMED, mediante as residências terapêuticas, CAPS e demais setores que a mesma tem sobre sua responsabilidade. Também enviar a esta casa o Plano de Ação desenvolvido pelo Instituto, com a quantidade de funcionários e forma de contratos, bem como suas funções._x000D_
 _x000D_
 Justificativa: cumprimento do dever Constitucional, enquanto vereadora eleita e empossada, de fiscalizar o erário público, bem como toda atividade do executivo.</t>
   </si>
   <si>
     <t>2549</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2549/2021-104-8080.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2549/2021-104-8080.pdf</t>
   </si>
   <si>
     <t>Encaminhar a esta Casa de Leis mais informações sobre o cumprimento da contrapartida descrita na Lei Municipal nº 4.915/2019, especialmente no que tange à execução de obras nos banheiros do Mercado Municipal, visto que encontram-se em péssimas condições._x000D_
 _x000D_
 Justificativa: até a presente data ainda não foram realizadas obras no referido local, especialmente em seus banheiros, que são os espaços que encontram-se mais depreciados.</t>
   </si>
   <si>
     <t>2550</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2550/2021-105-8107.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2550/2021-105-8107.pdf</t>
   </si>
   <si>
     <t>Analisar a possibilidade de estender o atendimento da Guarda Civil Municipal nas comunidades rurais, deixando uma viatura (carro) para o atendimento exclusivo destas comunidades._x000D_
 _x000D_
 Justificativa: com este veículo, aumentaria a segurança pública da população, principalmente a segurança dos produtores rurais e sitiantes residentes nestes locais, e aumentaria também a proteção do patrimônio público (escolas, creches, PSFs e Igrejas).</t>
   </si>
   <si>
     <t>2551</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2551/2021-106-8238.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2551/2021-106-8238.pdf</t>
   </si>
   <si>
     <t>Prestar as seguintes informações em relação às empresas licitadas vencedoras dos certames realizados pelo Município, referente aos exercícios financeiros de 2019, 2020 e 2021 até esse mês de abril, descrevendo: CNPJ da empresa; nome Fantasia; produtos e/ou serviços prestados; valor do contrato._x000D_
 _x000D_
 Justificativa: contribuir com uma correta execução dos contratos, em respeito aos escassos recursos públicos desse momento.</t>
   </si>
   <si>
     <t>2552</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2552/2021-107-8963.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2552/2021-107-8963.pdf</t>
   </si>
   <si>
     <t>Apresentar as seguintes informações, com referência às locações de imóveis, referentes aos exercícios financeiros de 2017, 2018, 2019, 2020 e 2021, especificando: o locador; a data da locação; o valor; o tempo._x000D_
 _x000D_
 Justificativa: exercício da função de fiscalização dos atos do Poder Executivo, inerente ao Poder Legislativo.</t>
   </si>
   <si>
     <t>2553</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2553/2021-108-8109.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2553/2021-108-8109.pdf</t>
   </si>
   <si>
     <t>Requer documentação e informações referentes ao Projeto de Lei nº 16/2021, constando: cópia das CND’s municipal, estadual e federal; o prazo estipulado para se fazer a contrapartida; quais serviços serão realizados pela donatária para fins de cumprimento da contrapartida; o prazo para a concessão dos empregos previstos, propostos no Plano de Trabalho._x000D_
 _x000D_
 Justificativa: fornecer subsídios aos estudos da CCLJRF, para análise do Projeto de Lei nº 16/2021 e posterior emissão do respectivo parecer.</t>
   </si>
   <si>
     <t>2554</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2554/2021-109-8110.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2554/2021-109-8110.pdf</t>
   </si>
   <si>
     <t>Prestar as seguintes providências e informações em relação à campanha de vacinação contra a COVID-19 em nosso Município, detalhando: a quantidade de vacinas contra a COVID-19 recebidas, todas as vezes que chegarem novos lotes; a quantidade destinada para a primeira e segunda dose e para_x000D_
 quais grupos prioritários; a atualização dessas informações semanalmente, o “Vacinômetro”, assim entendido como a atualização da quantidade de doses aplicadas nos munícipes._x000D_
 _x000D_
 Justificativa: atender reivindicação de muitos munícipes, para tornar mais transparente a vacinação.</t>
   </si>
   <si>
     <t>2555</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2555/2021-110-8111.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2555/2021-110-8111.pdf</t>
   </si>
   <si>
     <t>Apresentar as seguintes informações sobre o Albergue Municipal, detalhando: quantos marmitex são servidos mensalmente e qual o valor; quanto se gasta com café da manhã, incluindo pão, manteiga e leite; a despesa mensal com passagem; quantos funcionários atuam nesta instituição; o horário de funcionamento; quantas pessoas são atendidas mensalmente; o critério adotado para o acolhimento destas pessoas; quantas pernoites a pessoa pode usar o albergue no mês; até quantos quilômetros é paga a passagem para estas pessoas; se a mesma pessoa pode usar o albergue durante toda a semana; se é feita uma triagem para saber se a pessoa já usou esta instituição anteriormente e qual o espaço de tempo que ele usufruiu deste serviço._x000D_
 _x000D_
 Justificativa: exercício da função de fiscalização dos atos do Poder Executivo, inerente ao Poder Legislativo.</t>
   </si>
   <si>
     <t>2556</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2556/2021-111-8125.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2556/2021-111-8125.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa a respeito da Dívida Flutuante e Dívida Fundada, dos anos de 2019, 2020 e 2021, até a data de 20 de abril._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, atribuída aos membros do Poder Legislativo, sobre os atos do Poder Executivo.</t>
   </si>
   <si>
     <t>2557</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2557/2021-112-8134.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2557/2021-112-8134.pdf</t>
   </si>
   <si>
     <t>Informar a esta casa legislativa: qual política de Assistência Social e saúde para PSR - População em Situação de Rua há no município;  se está sendo desenvolvido pela rede intersetorial um trabalho de combate aos estigmas de discriminação, preconceito, repressão, opressão, violência de todos os_x000D_
 tipos a PSR; o tipo de Instituição existente para permanência da PSR; se nestes equipamentos há oficinas, organizações para confecção de documentos_x000D_
 pessoais, reinserção, busca de emprego, higienização, alimentação; se há estratégias de comunicação, campanhas de sensibilização de promoção e_x000D_
 garantia dos direitos a PSR; se há profissionais capacitados, permanentes, gestores, técnicos e educadores na rede que atuam com a PSR; se há uma central para construção e execução de planos de superação a situação de rua com estratégias para garantir trabalho, sustento, moradia._x000D_
 _x000D_
 Justificativa: número exorbitante deste público nas ruas e o cumprimento do dever constitucional de fiscalização do executivo.</t>
   </si>
   <si>
     <t>2558</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2558/2021-113-8145.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2558/2021-113-8145.pdf</t>
   </si>
   <si>
     <t>Encaminhar resposta quanto aos seguintes questionamentos: quantos funcionários estão em atividade na Coordenadoria de Vigilância Epidemiológica, enumerando os que atuam administrativamente e os que realizam serviços de campo; quais medidas são adotadas quando não se encontra de forma alguma o proprietário ou locatário do imóvel nas inspeções in loco; quais trabalhos são realizados para encontrar os proprietários dos terrenos baldios, imóveis abandonados e inacabados, e notificá-los quanto às irregularidades; de que forma a Vigilância Epidemiológica atua nos córregos existentes em nossa cidade, para conter a disseminação do mosquito Aedes Aegypti._x000D_
 _x000D_
 Justificativa: obter mais informações quanto aos trabalhos realizados no combate aos focos destes mosquitos em nosso município, visto que encontram-se ligados diretamente à saúde da população alfenense.</t>
   </si>
   <si>
     <t>2559</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2559/2021-114-8148.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2559/2021-114-8148.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa o seguinte: a estimativa de terrenos públicos e particulares que se encontram ociosos no Município; quantos contribuintes estão inadimplentes em relação ao IPTU; quantos contribuintes estão inadimplentes por mais de um ano; o valor arrecadado com o pagamento de IPTU no ano de 2019, considerando os valores pagos à vista e parcelados; o valor a receber do IPTU do ano de 2019; se há incentivo para que os munícipes quitem a dívida de IPTU atrasado._x000D_
 _x000D_
 Justificativa: analisar a possibilidade de aproveitamento desses terrenos e futuramente apresentar um projeto de lei.</t>
   </si>
   <si>
     <t>2560</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2560/2021-115-8169.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2560/2021-115-8169.pdf</t>
   </si>
   <si>
     <t>Informar a este Legislativo sobre a construção do novo PSF (CAENSA)._x000D_
 _x000D_
 Justificativa: são vários os problemas existentes nas instalações atuais deste PSF, tornando o local inadequado para o atendimento à população, portanto é de suma importância que o Município se empenhe para disponibilizar, o mais rápido possível, um novo local para os atendimentos de saúde.</t>
   </si>
   <si>
     <t>2561</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2561/2021-116-8979.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2561/2021-116-8979.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa informações a respeito do programa “Avançar Cidades – Mobilidade Urbana de Ciclistas”, fornecendo: o projeto da obra de Ciclovia e o arquivo contendo todas as informações sobre o contrato; o orçamento real da obra; o cronograma financeiro e físico do planejamento; memoriais descritivos dos serviços e material com a devida Anotação de Responsabilidade Técnica – AET, registrada no CREA; a data do início e termino da obra; a cópia do processo licitatório de contratação da empresa que está executando a obra._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, própria do Poder Legislativo, de controle dos atos do Poder Executivo, especialmente para assegurar a correta execução dos contratos, diante dos escassos recursos públicos.</t>
   </si>
   <si>
     <t>2562</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2562/2021-117-8172.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2562/2021-117-8172.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa informações a respeito da recuperação dos córregos do Município._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, própria do Poder Legislativo, de controle dos atos do Poder Executivo.</t>
   </si>
   <si>
     <t>2563</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2563/2021-118-8980.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2563/2021-118-8980.pdf</t>
   </si>
   <si>
     <t>Requer, de Kátia Maria Iunes Garcia, Arquiteta responsável pela Secretaria Municipal de Planejamento e Gestão, e de Ricardo Marcon, responsável pelo Setor de Fiscalização de Posturas, a participação na reunião da Comissão de Constituição, Legislação, Justiça e Redação Final - CCLJRF, que se realizará no dia 11 de maio de 2021, terça-feira, às 9h, a fim de analisar, discutir e apresentar sugestões acerca do Projeto de Lei nº 1/2021._x000D_
 _x000D_
 Justificativa: a presença dos mencionados servidores na reunião da CCLJRF é importante para esclarecerem possíveis dúvidas sobre o projeto em estudo, a fim de fornecer subsídios necessários para os estudos desta Comissão e posterior emissão do respectivo parecer.</t>
   </si>
   <si>
     <t>2564</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2564/2021-119-8178.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2564/2021-119-8178.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa de Leis, no que pertine aos Cemitérios I, II e III, as seguintes indagações: se existe algum ato administrativo do Poder Executivo, em que se estabeleçam regras para reformas ou construções nos referidos cemitérios, encaminhando o mesmo; o órgão responsável por liberar as possíveis intervenções nos cemitérios; quando ocorreu o último levantamento das condições dos cemitérios, com a documentação comprobatória; se existem fotos aéreas ou imagens atualizadas que possam demonstrar as condições dos cemitérios no presente momento, encaminhando-as; o setor responsável pela autorização de reformas ou novas construções nos cemitérios; se existe o georreferenciamento dos equipamentos públicos, demonstrando a atual situação das construções existentes naquele local._x000D_
 _x000D_
 Justificativa: é importante o cuidado e a manutenção destes locais, sendo imprescindível o oferecimento de melhores condições para que a população possa visitar e prestar homenagens dignas aos familiares e amigos.</t>
   </si>
   <si>
     <t>2565</t>
   </si>
   <si>
     <t>Kátia Goyatá, Dominguinhos Eletricista</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2565/2021-120-8181.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2565/2021-120-8181.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa acerca dos recursos destinados ao Município de Alfenas-MG, pelo governo federal, para uso no combate à COVID-19, especificando: o valor total recebido por Alfenas, oriundo do governo federal, desde o início da pandemia, referente ao tratamento e o uso nas questões relacionadas à COVID-19; como foram usados os recursos, detalhando todas as ações com comprovação documental ( notas fiscais, empenhos, pessoal contratado, outros) que comprovem os gastos desses recursos; a eficácia comprovada da barreira sanitária e qual o valor foi investido nesta ação; se foi noticiada amplamente em nossa cidade a possível falta de medicamentos para pacientes internados e qual o motivo dessa compra não ter sido feita de forma antecipada; se ainda existe algum recurso em caixa e algum cronograma para o gasto; quantas vacinas enviadas pelo governo federal foram efetivamente aplicadas._x000D_
 _x000D_
 Justificativa: cumprir o dever constitucional de fiscalização do Poder Executivo municipal.</t>
   </si>
   <si>
     <t>2566</t>
   </si>
   <si>
     <t>Teresa Ambulatório Cruz Preta, Dominguinhos Eletricista, Kátia Goyatá</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2566/2021-121-8982.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2566/2021-121-8982.pdf</t>
   </si>
   <si>
     <t>Requer cópia dos balancetes financeiros desta Casa Legislativa, referente a esta legislatura._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora que dispõe a Edilidade de controle dos gastos públicos.</t>
   </si>
   <si>
     <t>2568</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2568/2021-122-8182.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2568/2021-122-8182.pdf</t>
   </si>
   <si>
     <t>Informar sobre a não realização de minha indicação nº 433/2021, na qual solicito a correção da instalação de um poste de iluminação da rede pública localizado na Travessa Prudente de Morais, nº 20, bairro Santa Edwirges._x000D_
 _x000D_
 Justificativa: este poste de iluminação da via se encontra localizado no meio da Travessa, causando transtornos aos moradores, ocasionando acidentes no local, principalmente no período noturno.</t>
   </si>
   <si>
     <t>2569</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2569/2021-123-8990.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2569/2021-123-8990.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa documentação a respeito da contratação da empresa “Global Service Locações e Construtora Ltda.", inscrita sob o CNPJ nº 23.441.118/0001-50, incluindo: cópia do contrato firmado com a referida empresa; Contrato Social Primitivo e a última alteração contratual; documentos pessoais dos administradores e respectivos sócios; Editais de Licitação junto ao departamento de compras; lista dos licitantes que concorreram neste edital; número de funcionários._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, própria do Poder Legislativo, de controle dos atos do Poder Executivo, especialmente para assegurar a correta execução dos contratos, diante dos escassos recursos públicos.</t>
   </si>
   <si>
     <t>2570</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2570/2021-124-8991.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2570/2021-124-8991.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa documentação a respeito da contratação da empresa Elionaldo Alves Gouveia Ltda., inscrita sob o CNPJ nº 16.912.942/0001-86, referente aos exercícios financeiros dos anos de 2020 e 2021, constando: Contrato Social Primitivo e a última alteração contratual; documentos pessoais dos administradores e respectivos sócios; Editais de Licitação junto ao departamento de compras; lista dos licitantes que concorreram neste edital; número de funcionários._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, própria do Poder Legislativo, de controle dos atos do Poder Executivo, especialmente para assegurar a correta execução dos contratos, diante dos escassos recursos públicos.</t>
   </si>
   <si>
     <t>2571</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2571/2021-125-8992.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2571/2021-125-8992.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa documentação a respeito da contratação da empresa Hope Brigada de Incêndio Ltda., inscrita sob o CNPJ nº 32.684.165/0001-16, referente aos exercícios financeiros dos anos de 2020 e 2021, constando: Contrato Social Primitivo e a última alteração contratual; documentos pessoais dos administradores e respectivos sócios; Editais de Licitação junto ao departamento de compras; lista dos licitantes que concorreram neste edital; número de funcionários._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, própria do Poder Legislativo, de controle dos atos do Poder Executivo, especialmente para assegurar a correta execução dos contratos, diante dos escassos recursos públicos.</t>
   </si>
   <si>
     <t>2572</t>
   </si>
   <si>
     <t>Professor Luciano Solar, Braz da Máquina, Márcio Dunga</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2572/2021-126-8993.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2572/2021-126-8993.pdf</t>
   </si>
   <si>
     <t>Requer que seja devidamente constituída a Comissão Especial de Acompanhamento das Instalações de Empresas e das Execuções de Contrapartidas Estabelecidas nas Leis de Doação do Município de Alfenas._x000D_
 _x000D_
 Justificativa: acompanhar de perto todas as contrapartidas estabelecidas na legislação de doação, bem como a instalação das sedes dessas empresas em prol do desenvolvimento de nosso município e da melhor oferta de empregos aos cidadãos, em atenção ao fiel cumprimento da lei.</t>
   </si>
   <si>
     <t>2573</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2573/2021-127-8994.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2573/2021-127-8994.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa documentação a respeito da contratação da empresa CMM SISTEMAS DE INFORMAÇÃO E SERVIÇOS LTDA., inscrita sob o CNPJ nº 10.513.873/0001-51, referente aos exercícios financeiros dos anos de 2019, 2020 e 2021, constando: cópia do contrato firmado com a referida empresa; Contrato social primitivo e a última alteração contratual; documentos pessoais dos administradores e respectivos sócios; edital de licitação junto ao departamento de compras; lista dos licitantes que concorreram neste edital; número de funcionários._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, atribuída aos membros do Poder Legislativo, sobre os atos do Poder Executivo, essencial para assegurar a correta execução dos contratos, com respeito ao escasso recurso público.</t>
   </si>
   <si>
     <t>2574</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2574/2021-128-8995.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2574/2021-128-8995.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa documentação a respeito da contratação da empresa DINAMIC SERVICE TERCEIRIZAÇÃO EIRELI., inscrita sob o CNPJ nº 15.329.192/0001-51, referente ao exercício financeiro do ano de 2020, contendo: cópia do contrato firmado com a referida empresa; Contrato social primitivo e a última alteração contratual; documentos pessoais dos administradores e respectivos sócios; edital de licitação junto ao departamento de compras; lista dos licitantes que concorreram neste edital; número de funcionários._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, atribuída aos membros do Poder Legislativo, sobre os atos do Poder Executivo, essencial para assegurar a correta execução dos contratos, com respeito ao escasso recurso público.</t>
   </si>
   <si>
     <t>2575</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2575/2021-129-8996.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2575/2021-129-8996.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa documentação a respeito da contratação da empresa DUBAI DISTRIBUIDORA EIRELI., inscrita sob o CNPJ nº 03.376.436/0002-59, referente aos exercícios financeiros dos anos de 2020 e 2021, contendo: cópia do contrato firmado com a referida empresa; Contrato social primitivo e a última alteração contratual; documentos pessoais dos administradores e respectivos sócios; edital de licitação junto ao departamento de compras; lista dos licitantes que concorreram neste edital; número de funcionários._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, atribuída aos membros do Poder Legislativo, sobre os atos do Poder Executivo, essencial para assegurar a correta execução dos contratos, com respeito ao escasso recurso público.</t>
   </si>
   <si>
     <t>2576</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2576/2021-130-8196.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2576/2021-130-8196.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa documentação a respeito da contratação da empresa NÃO TEM PRA NINGUÉM LTDA., inscrita sob o CNPJ nº 01.740.663/0001-05, referente aos exercícios financeiros dos anos de 2016 à 2021, contendo: cópia do contrato firmado com a referida empresa; Contrato social primitivo e a última alteração contratual; documentos pessoais dos administradores e respectivos sócios; edital de licitação junto ao departamento de compras; lista dos licitantes que concorreram neste edital; número de funcionários._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, atribuída aos membros do Poder Legislativo, sobre os atos do Poder Executivo, essencial para assegurar a correta execução dos contratos, com respeito ao escasso recurso público.</t>
   </si>
   <si>
     <t>2577</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2577/2021-131-8197.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2577/2021-131-8197.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa documentação a respeito da contratação da empresa AMBIENTAL CONTROLE DE PRAGAS URBANAS E EM GRÃOS ARMAZENADOS LTDA., inscrita sob o CNPJ nº 13.909.655/0001-29, referente aos exercícios financeiros dos anos de 2019, 2020 e 2021, contendo: cópia do contrato firmado com a referida empresa; Contrato social primitivo e a última alteração contratual; documentos pessoais dos administradores e respectivos sócios; edital de licitação junto ao departamento de compras; lista dos licitantes que concorreram neste edital; número de funcionários._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, atribuída aos membros do Poder Legislativo, sobre os atos do Poder Executivo, essencial para assegurar a correta execução dos contratos, com respeito ao escasso recurso público.</t>
   </si>
   <si>
     <t>2578</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2578/2021-132-8997.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2578/2021-132-8997.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa documentação a respeito da contratação da empresa EJM COMÉRCIO E ARBITRAGENS ESPORTIVAS LTDA., inscrita sob o CNPJ nº 18.864.858/0001-60, referente aos exercícios financeiros dos anos de 2019, 2020 e 2021, contendo: cópia do contrato firmado com a referida empresa; Contrato social primitivo e a última alteração contratual; documentos pessoais dos administradores e respectivos sócios; edital de licitação junto ao departamento de compras; lista dos licitantes que concorreram neste edital; número de funcionários._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, atribuída aos membros do Poder Legislativo, sobre os atos do Poder Executivo, essencial para assegurar a correta execução dos contratos, com respeito ao escasso recurso público.</t>
   </si>
   <si>
     <t>2579</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2579/2021-133-8998.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2579/2021-133-8998.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa documentação a respeito da contratação da empresa WL INDÚSTRIA E COMÉRCIO DE CONFECÇÕES LTDA., inscrita sob o CNPJ nº 08.491.167/0001-04, referente ao exercício financeiro do ano de 2020, contendo cópia do contrato firmado com a referida empresa; Contrato social primitivo e a última alteração contratual; documentos pessoais dos administradores e respectivos sócios; edital de licitação junto ao departamento de compras; lista dos licitantes que concorreram neste edital; número de funcionários._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, atribuída aos membros do Poder Legislativo, sobre os atos do Poder Executivo, essencial para assegurar a correta execução dos contratos, com respeito ao escasso recurso público.</t>
   </si>
   <si>
     <t>2580</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2580/2021-134-8201.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2580/2021-134-8201.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa documentação a respeito da contratação da empresa MARCO ANTÔNIO DE MORAIS., inscrita sob o CNPJ nº 23.965.792/0001-34, referente ao exercício financeiro do ano de 2019, 2020 e 2021, contendo: cópia do contrato firmado com a referida empresa; Contrato social primitivo e a última alteração contratual; documentos pessoais dos administradores e respectivos sócios; edital de licitação junto ao departamento de compras; lista dos licitantes que concorreram neste edital; número de funcionários._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, atribuída aos membros do Poder Legislativo sobre os atos do Poder Executivo, essencial para assegurar a correta execução dos contratos, com respeito ao escasso recurso público.</t>
   </si>
   <si>
     <t>2581</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2581/2021-135-8202.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2581/2021-135-8202.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa documentação a respeito da contratação da empresa RH ENGENHARIA LTDA., inscrita sob o CNPJ nº 04.059.159/0001-32, referente ao exercício financeiro do ano de 2020 e 2021, contendo: cópia do contrato firmado com a referida empresa; Contrato social primitivo e a última alteração contratual; documentos pessoais dos administradores e respectivos sócios; edital de licitação junto ao departamento de compras; lista dos licitantes que concorreram neste edital; número de funcionários._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, atribuída aos membros do Poder Legislativo, sobre os atos do Poder Executivo, essencial para assegurar a correta execução dos contratos, com respeito ao escasso recurso público.</t>
   </si>
   <si>
     <t>2582</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2582/2021-136-8203.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2582/2021-136-8203.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa as seguintes informações: o número total de professores aposentados e dispensados em massa na rede pública municipal de ensino, recentemente entre os meses de abril e maio de 2021; se os aprovados no concurso, que ainda não foram convocados, ocuparam essas_x000D_
 vagas, a partir de quando; e se houve a dispensa de outros setores._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, atribuída aos membros do Poder Legislativo, sobre os atos do Poder Executivo, essencial para assegurar a correta execução dos contratos, com respeito ao escasso recurso público.</t>
   </si>
   <si>
     <t>2591</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2591/2021-137-9000.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2591/2021-137-9000.pdf</t>
   </si>
   <si>
     <t>Requer documentação e informações referentes ao Projeto de Lei nº 11/2021, detalhando: as áreas que se pretende realizar as permutas previstas no parágrafo único do art. 1º do mencionado projeto; se o Chefe do Executivo pretende ainda realizar as permutas desses imóveis a serem identificados e justificados em lei específica nos termos da legislação pertinente._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora inerente ao Poder Legislativo, além de fornecer subsídios aos estudos da CCLJRF para análise do Projeto de Lei nº 11/2021 e posterior emissão do respectivo parecer.</t>
   </si>
   <si>
     <t>2592</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2592/2021-138-8219.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2592/2021-138-8219.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa documentação a respeito da contratação da empresa WR COMÉRCIO DE ARTIGOS ESPORTIVOS LTDA., inscrita sob o CNPJ nº 08.685.277/0001-07, referente aos exercícios financeiros dos anos de 2018, 2019, 2020 e 2021, contendo: cópia do contrato firmado com a referida empresa; Contrato social primitivo e a última alteração contratual; documentos pessoais dos administradores e respectivos sócios; lista dos licitantes que concorreram neste edital; cópia de todas notas fiscais que devem compor o valor total do pagamento realizado à referida empresa._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, atribuída aos membros do Poder Legislativo, sobre os atos do Poder Executivo, essencial para assegurar a correta execução dos contratos, com respeito ao escasso recurso público.</t>
   </si>
   <si>
     <t>2593</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2593/2021-139-8220.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2593/2021-139-8220.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa documentação a respeito da contratação da empresa CONTIGO COMÉRCIO DE ALIMENTOS LTDA., inscrita sob o CNPJ nº 09.183.734/0001-28, referente aos exercícios financeiros dos anos de 2019, 2020 e 2021, constando: cópia do contrato firmado com a referida empresa; Contrato social primitivo e a última alteração contratual; documentos pessoais dos administradores e respectivos sócios; lista dos licitantes que concorreram neste edital; cópia de todas notas fiscais que devem compor o valor total do pagamento realizado à referida empresa._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, atribuída aos membros do Poder Legislativo, sobre os atos do Poder Executivo, essencial para assegurar a correta execução dos contratos, com respeito ao escasso recurso público.</t>
   </si>
   <si>
     <t>2594</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2594/2021-140-9008.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2594/2021-140-9008.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa documentação a respeito da contratação da empresa WR CALÇADOS EIRELLI , inscrita no CNPJ sob o nº 25.369.684/0001-24, referente aos exercícios financeiros dos anos de 2018, 2019, 2020 e 2021, contendo: cópia do contrato firmado com a referida empresa; Contrato social primitivo e a última alteração contratual; documentos pessoais dos administradores e respectivos sócios; lista dos licitantes que concorreram neste edital; cópia de todas notas fiscais que devem compor o valor total do pagamento realizado à referida empresa._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, atribuída aos membros do Poder Legislativo, sobre os atos do Poder Executivo, essencial para assegurar a correta execução dos contratos, com respeito ao escasso recurso público.</t>
   </si>
   <si>
     <t>2595</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2595/2021-141-8221.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2595/2021-141-8221.pdf</t>
   </si>
   <si>
     <t>2596</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2596/2021-142-8226.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2596/2021-142-8226.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa a viabilidade de instalar semáforos no cruzamento entre as vias públicas Av. Dr. Lincoln Westin da Silveira e José_x000D_
 Constantino da Silveira, haja vista ser o entroncamento de 5 (cinco) sentidos de circulação de veículos, em especial veículos pesados que chegam das rodovias._x000D_
 _x000D_
 Justificativa: o referido cruzamento possui uma elevada circulação de veículos, em especial nos períodos de picos, além disso, a Avenida Lincoln Westin da Silveira é via de acesso a bairros residenciais e também de entrada e saída de veículos pesados que cruzam o Município, havendo necessidade urgente de uma medida de trânsito que ofereça segurança aos motoristas e pedestres.</t>
   </si>
   <si>
     <t>2597</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2597/2021-143-8246.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2597/2021-143-8246.pdf</t>
   </si>
   <si>
     <t>Requer que seja solicitado, junto ao IMED - Instituto de Medicina, Estudos e Desenvolvimento, bem como junto à empresa D Cristal Vidros Temperados, Esquadrias de Alumínio Ltda., o cumprimento dos contratos e contrapartidas de construção e ou reforma do PSF do Bairro Rural Barranco Alto, uma vez que a ineficiência deste serviço tem prejudicado a população do denominado bairro Barranco alto._x000D_
 _x000D_
 Justificativa: exercício fiscalizatório inerente aos membros do Poder Legislativo, dos atos do Poder Executivo.</t>
   </si>
   <si>
     <t>2598</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2598/2021-144-8247.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2598/2021-144-8247.pdf</t>
   </si>
   <si>
     <t>Requer que seja informado e enviado a esta Casa Legislativa o seguinte: quantas academias há instaladas no nosso município; quais critérios são adotados para sua manutenção e funcionamento; se há orientação educativa para a população fazer uso adequado dos equipamentos._x000D_
 _x000D_
 Justificativa: prevenir e permitir que o cidadão aprecie, usufrui e gerencie a própria atividade, com isto faz se necessário fornecer à população políticas de orientação, prevenção e cuidados ao utilizar tais equipamentos.</t>
   </si>
   <si>
     <t>2599</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2599/2021-145-8250.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2599/2021-145-8250.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa as seguintes questões sobre o Serviço de Atendimento Móvel de Urgência – SAMU, de Alfenas: se a atual Administração Pública é responsável pela higienização da Base do SAMU de Alfenas; o responsável pelas despesas com internet do SAMU; se a Prefeitura está pagando uma ambulância para o transporte de pacientes graves do Hospital Alzira Velano e Santa Casa; se esse transporte de pacientes graves não seria uma responsabilidade do SAMU; se a Prefeitura já recebeu algum questionamento da edilidade de Alfenas sobre as condições em que o SAMU tem operado ou mesmo sobre a dívida do Município com o SAMU._x000D_
 _x000D_
 Justificativa: existem denúncias de que o SAMU de Alfenas tem operado em condições precárias e que vem se mantendo por meio de “vaquinhas” feitas por seus funcionários para custear questões básicas de limpeza, internet e compra de materiais.</t>
   </si>
   <si>
     <t>2602</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2602/2021-146-8350.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2602/2021-146-8350.pdf</t>
   </si>
   <si>
     <t>Informar se existe algum planejamento pensado em relação à rota cicloturística em Alfenas; se existem ações sendo executadas nesse sentido; qual a previsão de conclusão do plano de ação._x000D_
 _x000D_
 Justificativa: interesse por parte da população sobre o tema.</t>
   </si>
   <si>
     <t>2603</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2603/2021-147-8311.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2603/2021-147-8311.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa: como é feito o controle de todo o sistema de inventário da sinalização propostas e aplicadas ao município; quais critérios lógicos e técnicos são adotados pelo município para execução de sinalização; se há materiais como Microesferas. Tintas, Tinta à base de resina acrílica, Tinta com resina livre, Solvente, Termoplástico, Placas e outros para execução e eficácia do trabalho; se há um plano de ação denominando e aplicando os tipos de sinalização horizontal, sinalização vertical e demais tipos de sinalização necessárias._x000D_
 _x000D_
 Justificativa: a falta do serviço de sinalização não pode causar danos aos cidadãos e condutores em virtude de ação, omissão ou erro na execução e manutenção de programas, projetos e serviços, uma vez que estes garantem o exercício ao direito do trânsito seguro.</t>
   </si>
   <si>
     <t>2604</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2604/2021-148-8445.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2604/2021-148-8445.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa informações e documentos a respeito do Instituto de Medicina, Estudos e Desenvolvimento – IMED, o qual gerencia e executa ações e serviços de saúde nas Unidades de Saúde de Alfenas, constando: ata da eleição da atual diretoria, devidamente registrada em órgão competente; documentação de seu representante legal ou de seu procurador; Balanço Patrimonial e Demonstrativos de Resultado Contábil dos últimos_x000D_
 exercícios fiscais do referido instituto dos anos de 2018 a 2021; demonstrativos de gastos do Município com a IMED._x000D_
 _x000D_
 Justificativa: obter informações sobre o representante desta empresa, para que esta Casa Legislativa possa fiscalizar e requerer do mesmo o cumprimento do contrato e convênio firmado com o Município de Alfenas, afim de que os termos de responsabilidade descritos no contrato 001/2018, sejam rigorosamente cumpridos junto aos PSFs, CAPS, Residências Terapêuticas e Centro de Convivência e Cultura.</t>
   </si>
   <si>
     <t>2605</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2605/2021-149-9024.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2605/2021-149-9024.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa a possibilidade de incluir os profissionais do ramo óptico do Município nos grupos prioritários de vacinação contra a COVID-19._x000D_
 _x000D_
 Justificativa: esses profissionais estão solicitando a referida inclusão, pois o contato físico com os clientes é bastante próximo.</t>
   </si>
   <si>
     <t>2606</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2606/2021-150-8319.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2606/2021-150-8319.pdf</t>
   </si>
   <si>
     <t>Solicitar ao Executivo Municipal informações atinentes ao Projeto de Lei nº 33/2021, com a devida Manifestação acerca da recomendação apresentada_x000D_
 pela representante do Ministério Público, por intermédio da qual recomenda a revogação do § 1º, do art. 1º e do art. 4º, ambos da Lei n.º 3.417/2011, do Município de Alfenas._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora inerente ao Poder Legislativo, além de fornecerem subsídios aos estudos da CCLJRF para análise da mencionada proposição e posterior emissão de parecer ao Projeto de Lei nº 1/2021.</t>
   </si>
   <si>
     <t>2607</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2607/2021-151-9026.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2607/2021-151-9026.pdf</t>
   </si>
   <si>
     <t>Informar sobre o PSF Rural dos Esteves, no Município de Alfenas, constando: o atual gestor do PSF Rural dos bairro Esteves; o responsável pelas chaves deste PSF e pelo zelo deste patrimônio público; se existe a possibilidade dos próprios agentes comunitários de saúde (ACS) ficarem responsáveis pelo zelo e posse das chaves deste PSF para facilitar os trabalhos de atendimento à população local._x000D_
 _x000D_
 Justificativa: moradores da comunidade relatam dificuldades para se ter acesso ao PSF, devido à posse das chaves sob a responsabilidade de terceiros, o que vem dificultando também o próprio atendimento médico no local.</t>
   </si>
   <si>
     <t>2609</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2609/2021-152-8325.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2609/2021-152-8325.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa informações sobre obras realizadas através do Projeto Prioritário de Investimento - PPI, dentre as quais: intervenções de infraestrutura urbanas nos córregos do Pântano, Chafariz, Pedra Branca e Voçoroca; construção de casas (imóveis demolidos pelo Município); trabalho técnico social. Encaminhar também: respectivo projeto das obras (intervenções de infraestrutura urbana nos córregos), arquivo contendo todas as informações sobre o contrato; orçamento real da obra; cronograma financeiro e físico do planejamento; memoriais descritivos dos serviços e materiais com a devida Anotação de Responsabilidade Técnica (ART) registrada no CREA; prazos (início e fim da obra); cópia do processo licitatório de contratação da empresa que está executando a obra; painel de obras atrasadas ou paralisadas._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, atribuída aos membros do Poder Legislativo, sobre os atos do Poder Executivo.</t>
   </si>
   <si>
     <t>2610</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2610/2021-153-8326.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2610/2021-153-8326.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa informações e documentos a respeito dos beneficiários do Aluguel Social e Auxílio Aluguel, incluindo as famílias amparadas devido às demolições de suas residências, bem como sobre os locatários custeados pelo Munícipio, constando: cópia dos Contratos; Direto/indireto; valor atualizado dos alugueis; tempo em que cada família está sendo beneficiada pelo aluguel social; os critérios de seleção para obtenção deste benefício; tempo determinado à cada família._x000D_
 _x000D_
 Justificativa: obter as informações necessárias para verificar se nenhuma família está sendo beneficiada, além do devido, em detrimento de outras famílias.</t>
   </si>
   <si>
     <t>2611</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2611/2021-154-8342.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2611/2021-154-8342.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa o seguinte: o número de residências terapêuticas existentes no município, bem como seus respectivos endereços e contatos; o número de pacientes que residem nestas residências e suas comorbidades; o quadro de funcionários, responsáveis, funções, carga horária e remuneração dos mesmos; a receita que rege as residências terapêuticas nos anos de 2018, 2019, 2020, 2021; o plano de trabalho e plano de ação que rege o SRT._x000D_
 _x000D_
 Justificativa: preocupação com os pacientes que residem neste local e com a responsabilidade de atuação do poder executivo junto ao Serviço Residencial Terapêutico.</t>
   </si>
   <si>
     <t>2612</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2612/2021-155-8349.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2612/2021-155-8349.pdf</t>
   </si>
   <si>
     <t>Solicitar informações referentes à frota de veículos e máquinas disponíveis ao serviço público municipal na Secretaria Municipal de Desenvolvimento Urbano (Obras), constando: quantidade de veículos (caminhões ou máquinas) que esta secretaria dispõe para a sua prestação de serviços à população da nossa cidade; quantidade de veículos ou máquinas que estão parados e os motivos destas paralisações; o valor financeiro para reativar as funcionalidades normais da frota de veículos parada por falta de manutenção ou consertos; se existe uma empresa terceirizada prestadora de serviços públicos para esta_x000D_
 Secretaria, com o valor pago pelo contrato de prestação de serviços._x000D_
 _x000D_
 Justificativa: a população vem cobrando informações sobre as máquinas que estão paradas nesta secretaria, e pede esclarecimentos com relação_x000D_
 ao que pode ser feito para recuperá-las e colocá-las à disposição, justificando pontualmente os gastos públicos com a aquisição das mesmas.</t>
   </si>
   <si>
     <t>2613</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2613/2021-156-8352.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2613/2021-156-8352.pdf</t>
   </si>
   <si>
     <t>Esclarecer quais setores ou atividades estão sendo terceirizadas pelo Poder Executivo, constando: uma planilha contendo as atividades que estão sob a ótica acima referida, além de mencionar o início e o fim do prazo, bem como os contratos que conduziram para tal ato; a qualificação da empresa, juntamente com o setor responsável pelo acompanhamento e fiscalização do serviço; onde está localizada a sede principal e a filial em Alfenas; o horário de atendimento ao público para reclamações ou solicitações; demais informações que se fizerem necessárias._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, inerente aos membros do Poder Legislativo, sobre os atos do Executivo.</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2614/2021-157-8353.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2614/2021-157-8353.pdf</t>
   </si>
   <si>
     <t>Enviar todas as atas assinadas de todos as reuniões da Comissão de Enfrentamento ao COVID-19, desde o início da pandemia, do primeiro Decreto nº 2.530, até a presente data._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, inerente aos membros do Poder Legislativo, sobre os atos do Executivo, essencial para assegurar a correta execução dos contratos.</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2615/2021-158-8354.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2615/2021-158-8354.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa cópia do Relatório Resumido de Execução Orçamentária - RREO, dos dois primeiros bimestres._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, atribuída aos membros do Poder Legislativo, sobre os atos do Poder Executivo, assegurada constitucionalmente.</t>
   </si>
   <si>
     <t>2616</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2616/2021-159-8355.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2616/2021-159-8355.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa informações referentes às medicações que existem e são fornecidas pelo Sistema único de Saúde - SUS, contendo: o setor responsável pelos medicamentos de alto custo no SUS; os antidepressivos que o SUS fornece; os remédios gratuitos da Farmácia Popular; os medicamentos que são fornecidos pela Farmácia Popular; as bases de atendimentos; onde são entregues; o valor mensal gasto com medicações; a forma de controle das medicações (entrada / saída) desses medicamentos , principalmente, os de saúde mental e os de uso controlado._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, atribuída aos membros do Poder Legislativo, sobre os atos dos Poder Executivo.</t>
   </si>
   <si>
     <t>2617</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2617/2021-160-9053.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2617/2021-160-9053.pdf</t>
   </si>
   <si>
     <t>Enviar informações a esta Casa Legislativa, constando: se há vigente ou em curso algum convênio, visando a elaboração de projetos de_x000D_
 moradia junto ao município, para adquirir casa própria ou projeto de reforma da casa própria; como o mesmo está sendo operacionalizado e divulgado junto à população, para cadastro ou credenciamento; informações em geral de tal convênio e / ou projeto de moradia própria / reforma da casa própria para pessoas de baixa renda._x000D_
 _x000D_
 Justificativa: averiguar a situação de projetos de moradia no município, a fim de obter informações, como também para contribuir, dentro do que compete e permita o exercício desta vereadora, nos provimentos e sonho da casa própria da população que não a possui, ou reforma daqueles que necessitam.</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2618/2021-161-9054.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2618/2021-161-9054.pdf</t>
   </si>
   <si>
     <t>Requer informações do Chefe do Executivo, por meio da Secretaria Municipal de Saúde e equipe de enfrentamento e combate a COVID - 19, detalhando: as ações que efetivamente estão sendo realizadas com o objetivo de garantir a recuperação completa dos pacientes com algum tipo de sintoma, sequela ou que desenvolveram novos problemas ligados à doença, depois que deixam as UTIs ou enfermarias; e se este atendimento está sendo realizado, em qual local e qual equipe está desempenhando esse trabalho._x000D_
 _x000D_
 Justificativa: exercer a fiscalização contábil, financeira e orçamentária do Município, mediante controle externo, e pelos sistemas de controle interno do Poder Executivo, bem como as suas ações em prol da população, necessariamente daqueles recuperados da doença COVID - 19.</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2619/2021-162-8374.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2619/2021-162-8374.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa, sobre os bairros do Município de Alfenas, o seguinte: o setor responsável pela regularização das demandas que implica a falta de placas de identificação das ruas do Município de Alfenas; os bairros de Alfenas que não têm placas de identificação de ruas; o planejamento do Município referente a essa falta de placas de identificação de ruas; o prazo para regularizar essa situação._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, atribuída aos membros do Poder legislativo, sobre os atos do Poder Executivo.</t>
   </si>
   <si>
     <t>2625</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2625/2021-163-8389.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2625/2021-163-8389.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa o seguinte: o valor arrecadado pelo Município com relação à taxa de iluminação pública cobrada durante o ano de 2020; como foi investido tal valor, com a documentação comprobatória; o motivo pelo qual a empresa prestadora de serviço de troca e manutenção de lâmpadas em nossa cidade não mais fornecer esse serviço ao nosso Município; o valor arrecadado, até o momento, referente à taxa de iluminação_x000D_
 pública._x000D_
 _x000D_
 Justificativa: Exercício fiscalizatório inerente aos membros do Poder Legislativo, sobre os atos do Poder Executivo.</t>
   </si>
   <si>
     <t>2626</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2626/2021-164-8412.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2626/2021-164-8412.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa, referentes às pessoas em situação de rua: de que forma o Poder Público está acolhendo as pessoas em situação de rua para se protegerem do frio em nosso Município; se essas pessoas procuraram o serviço público espontaneamente para se protegerem do frio; como é feita a veiculação para que essas pessoas tomem conhecimento; se foi feita uma ação intensificada para localizar e oferecer acolhimento para pessoas que estavam nas ruas desprotegidas; se há uma central de atendimento por telefone, para as abordagens sociais; como são divididas as equipes para localizar as pessoas necessitadas; a porcentagem das pessoas abordadas para serem acolhidas que aceitaram o acolhimento; como procedem as pessoas que se recusam a ir para os abrigos, por estarem sob efeito de álcool ou drogas; dentre outras._x000D_
 _x000D_
 Justificativa: Exercício da função fiscalizadora atribuída aos membros do Poder legislativo, sobre os atos do Poder Executivo.</t>
   </si>
   <si>
     <t>2627</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2627/2021-165-8415.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2627/2021-165-8415.pdf</t>
   </si>
   <si>
     <t>Encaminhar resposta a esta Casa de Leis com relação às ações que foram realizadas e ainda estão sendo, pertinente às políticas em favor dos animais, especificamente quanto aos cães e gatos, detalhando: quantos animais foram castrados desde o ano de 2017; quantos foram vacinados; quantos foram adotados; se já houve incidências dos valores do bônus social, devidamente autorizado por esta Câmara, para políticas de animais._x000D_
 _x000D_
 Justificativa: a proteção animal é questão de saúde pública, portanto, é de responsabilidade do Poder Executivo Municipal a elaboração e execução de programas que solucionem os problemas relacionados às causas animais.</t>
   </si>
   <si>
     <t>2628</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2628/2021-166-8416.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2628/2021-166-8416.pdf</t>
   </si>
   <si>
     <t>Encaminhar informações relativas às coberturas de pontos de ônibus adquiridas pelo Município, detalhando: o total de coberturas adquiridas pelo Município; o valor pago por estas coberturas; quantas já foram instadas; a previsão para a completa instalação das coberturas._x000D_
 _x000D_
 Justificativa: o exercício da função fiscalizadora, própria do Poder Legislativo, de controle dos atos do Poder Executivo, bem como informar a população a respeito da matéria.</t>
   </si>
   <si>
     <t>2632</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2632/2021-167-8425.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2632/2021-167-8425.pdf</t>
   </si>
   <si>
     <t>Prestar as seguintes informações: informar os gastos anuais do Município com medicamentos, fraldas e leites, através da Central de Distribuição de Medicamentos nos anos de 2013, 2014, 2015, 2016, 2017, 2018, 2019 e 2020._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, inerente aos membros do Poder Legislativo, sobre os atos do Executivo.</t>
   </si>
   <si>
     <t>2633</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2633/2021-168-8430.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2633/2021-168-8430.pdf</t>
   </si>
   <si>
     <t>Informar a situação de pagamentos do INSS dos servidores públicos junto à agência previdenciária, bem como sua receita nos anos de 2017, 2018, 2019, 2020 e 2021._x000D_
 _x000D_
 Justificativa: são direitos de todos os trabalhadores, instituídos pela Legislação em vigor, e o empregador a responsabilidade pelo pagamento da previdência social / INSS, retendo a contribuição previdenciária destinada ao INSS e recolhê-la, além de declarar o contratado em GFIP.</t>
   </si>
   <si>
     <t>2634</t>
   </si>
   <si>
     <t>Guinho, Professor Luciano Solar, Tani Rose</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2634/2021-169-8469.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2634/2021-169-8469.pdf</t>
   </si>
   <si>
     <t>Requer que seja devidamente constituída a Comissão Especial de Sustentabilidade e Regeneração Socioambiental desta Câmara Municipal de Alfenas._x000D_
 _x000D_
 Justificativa: contribuir com a Secretaria Municipal do Clima, Desenvolvimento Sustentável e Inovação Social, bem como discutir assuntos relacionados ao tema e desenvolver projetos e ações em prol do meio ambiente em nosso município.</t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2635/2021-170-8438.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2635/2021-170-8438.pdf</t>
   </si>
   <si>
     <t>Solicitar informações sobre os servidores efetivos (as) do município que foram beneficiados com a doação de terrenos pelos Programas de Habitação deste setor, em consonância com a Lei aprovada por esta Casa, que trata sobre este assunto, informando seus nomes completos, setores da Prefeitura onde atuam, suas respectivas funções e suas formas de contratação (Comissionados, Concursados ou Contratados) como agentes públicos em nosso município._x000D_
 _x000D_
 Justificativa: para respondermos a alguns questionamentos feitos pela nossa população, sobre a fiscalização destas ações de doação de terrenos públicos, de acordo com a Lei vigente, que são de nossa responsabilidade como vereadores (as) no município de Alfenas, e para darmos clareza e transparência sobre a destinação destes bens públicos.</t>
   </si>
   <si>
     <t>2636</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2636/2021-171-8439.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2636/2021-171-8439.pdf</t>
   </si>
   <si>
     <t>Informar o seguinte: se há uma previsão e um planejamento para o retorno das aulas escolares e das creches do Município; se há previsão de retorno das atividades das ONGs e das instituições educacionais (Sarai) que trabalham com crianças; o número, em percentual, de profissionais da Educação que estão imunizados com a primeira e a segunda doses da vacina contra a COVID-19._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, atribuída aos membros do Poder Legislativo, sobre os atos do Executivo, essencial para assegurar a correta execução dos contratos.</t>
   </si>
   <si>
     <t>2637</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2637/2021-172-8454.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2637/2021-172-8454.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa informações sobre o transporte não motorizado, detalhando: se existe algum estudo ou planejamento de mobilidade urbana, com foco no transporte não motorizado; se existe algum estudo ou planejamento sobre a ampliação de ciclovias; e se este planejamento está de acordo com a política Nacional de Mobilidade Urbana (PNMU), instituída em 2012 pela Lei Federal n.º 12.597._x000D_
 _x000D_
 Justificativa: existe interesse por parte da população sobre este tema.</t>
   </si>
   <si>
     <t>2638</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2638/2021-173-8525.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2638/2021-173-8525.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa, a respeito da empresa Claudinei José Borges - nome fantasia MASTER GÁS, que tem como contrapartida definida pelo Poder Executivo, no valor de R$ 5.000,00, em 20 botijões mensais, com início de entregas no meses de abril, maio e finalizando no mês de junho nos setores públicos municipais, o seguinte: se essas entregas foram cumpridas; quais equipamentos foram beneficiados com esta contrapartida; o local, data, quantidade e documentação (contando o recebimento no equipamento e pagamento / recibo da empresa) da contrapartida cumprida._x000D_
 _x000D_
 Justificativa: exercício da Função Fiscalizadora inerente aos membros do Poder Legislativo.</t>
   </si>
   <si>
     <t>2639</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2639/2021-174-8455.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2639/2021-174-8455.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal documentações e informações referentes ao Projeto de Lei nº 54/2021, constando a estimativa de impacto orçamentário-financeiro, nos termos da Lei Complementar 101/2000 (arts 15 a 20); com manifestações da Procuradoria Geral do Município, assim como das Secretarias Municipais de Fazenda e de Planejamento e Recursos Humanos, nas quais estejam consignadas que, caso haja possível aumento de despesas com a_x000D_
 aprovação do referido projeto de lei, não haverá contrariedade à Lei Complementar 173/21._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora inerente ao Poder Legislativo, além de fornecer subsídios aos estudos da CCLJRF para análise do Projeto de Lei nº 54/2021 e posterior emissão do respectivo parecer.</t>
   </si>
   <si>
     <t>2640</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2640/2021-176-25902.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2640/2021-176-25902.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal documentações e informações referentes ao Projeto de Lei nº 63/2021, com manifestações da Procuradoria Geral do Município, assim como das Secretarias Municipais de Fazenda e de Planejamento e Recursos Humanos, nas quais esteja consignado que, caso haja possível aumento de despesas com a aprovação do referido projeto de lei, não haverá contrariedade à Lei Complementar 173/21._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, inerente ao Poder Legislativo, além de fornecer subsídios aos estudos da CCLJRF para análise do Projeto de Lei nº 54/2021 e posterior emissão do respectivo parecer.</t>
   </si>
   <si>
     <t>2641</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2641/2021-176-25902.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2641/2021-176-25902.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal que interceda junto à Secretaria Municipal de Educação, para que se manifeste por escrito acerca do teor do Projeto de Lei nº 51/2021._x000D_
 _x000D_
 Justificativa: obtermos mais informações sobre a matéria.</t>
   </si>
   <si>
     <t>2642</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2642/2021-177-25903.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2642/2021-177-25903.pdf</t>
   </si>
   <si>
     <t>Responder a esta Casa, no que se refere ao Aterro Sanitário, informando: em quantos anos o atual aterro estará em atividade, levando em consideração que o Aterro Sanitário possui um período de capacidade para recebimento de resíduos e a quantidade mensal atual; quais medidas são adotadas pelo aterro sanitário, com relação à política ambiental de tratamento do chorume, e onde atualmente é lançado o mesmo; se existe algum estudo para adotarmos medidas alternativas de transformação de chorume em adubos, biogás ou energia._x000D_
 _x000D_
 Justificativa:</t>
   </si>
   <si>
     <t>2643</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2643/2021-178-25904.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2643/2021-178-25904.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa o seguinte: o motivo de se encontrar paralisada a obra do projeto da perimetral, por meio do Programa Pró-Transportes,_x000D_
 que contempla obras de qualificação viária, cuja área de abrangência irá ligar umas das entradas da cidade pelo Bairro Vista Grande com o Distrito Industrial no Jardim São Paulo, com serviços de terraplenagem, pavimentação, drenagem, sinalização e urbanismo; por que foi rompido o contrato com a empresa Contorno; enviar documentos, contratos, rompimento de contratos, planilhas e demais documentos que julgarem necessários, a fim de que possamos esclarecer à população sobre a paralisação dessa obra e o motivo para tal ocorrência._x000D_
 _x000D_
 Justificativa: compete aos membros do legislativo lutar pelos interesses e necessidades da população, exercendo assim a função legislativa que consiste em elaborar leis, decretos, resoluções e atos sobre todas as matérias de competência do município.</t>
   </si>
   <si>
     <t>2644</t>
   </si>
   <si>
     <t>Carlinho Vardemá, Dominguinhos Eletricista, Guinho, Jaime Daniel, Ratinho</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2644/2021-179-25905.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2644/2021-179-25905.pdf</t>
   </si>
   <si>
     <t>Requer providências urgentes para intervir junto aos proprietários de um imóvel em frente ao nº 1582, na Rua João Pinheiro, o qual encontra-se sem muros e sem calçadas._x000D_
 _x000D_
 Justificativa: o imóvel está servindo de depósito de lixo e incomodando todos os vizinhos.</t>
   </si>
   <si>
     <t>2645</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2645/2021-180-25906.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2645/2021-180-25906.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa uma relação de todos bens imóveis pertencentes ao Município, informando o seguinte: quais estão ocupados, com o endereço; que tipo de ocupação funciona no local; quantos terrenos estão vagos / desocupados, com os endereços; se nas áreas industriais existem terrenos pertencentes ao Município vagos / desocupados, com os endereços e metros quadrados de cada uma dessas áreas._x000D_
 _x000D_
 Justificativa:</t>
   </si>
   <si>
     <t>2646</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2646/2021-181-25907.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2646/2021-181-25907.pdf</t>
   </si>
   <si>
     <t>Encaminhar resposta a esta Casa de Leis, com relação ao cumprimento da Lei Municipal nº 4.961, de 23 de julho de 2020, informando: a maneira como a referida Lei está sendo fiscalizada; quantos estabelecimentos já foram multados em virtude do descumprimento da mencionada Lei._x000D_
 _x000D_
 Justificativa: garantir uma política pública eficiente em prol dos animais, considerando o alto índice de envenenamento de cães e gatos em nosso município, através da utilização do agrotóxico “chumbinho”.</t>
   </si>
   <si>
     <t>2656</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2656/2021-182-25908.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2656/2021-182-25908.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa o valor atualizado da dívida do Estado de Minas Gerais com o Município de Alfenas, bem como a forma de recebimento e_x000D_
 tratativas que vêm sendo discutidas com aquele ente federativo._x000D_
 _x000D_
 Justificativa:</t>
   </si>
   <si>
     <t>2657</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2657/2021-183-25909.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2657/2021-183-25909.pdf</t>
   </si>
   <si>
     <t>Encaminhar a esta Casa Legislativa informações a respeito do programa Medida Socioeducativa, detalhando: se foram retomados os serviços prestados pelo CREAS - Centro de Referência de Assistência Social, junto aos adolescentes, por meio da medida socioeducativa “Rodas de Conversas”; se estão sendo aplicados em Alfenas o ENCEJA, que visa, após inscrição no programa, a certificação governamental de alunos do ensino médio e fundamental; se já foi iniciado o projeto “Tertúlia Literária”, que estava previsto para o início do segundo semestre de 2021._x000D_
 _x000D_
 Justificativa:</t>
   </si>
   <si>
     <t>2658</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2658/2021-184-25910.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2658/2021-184-25910.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal para que se manifeste por escrito acerca do teor do Projeto de Lei nº 80/2021, a fim de obtermos informações sobre a matéria, detalhando: o motivo da alteração do prazo de 02 (dois) para 03 (três) anos para o cumprimento da contrapartida pela empresa donatária (Prazo previsto no art. 3º da Lei Municipal n.º 4.927, de 20 de dezembro de 2019); se a empresa Vetor Locação de Máquinas e Equipamentos para Construção Ltda. já iniciou as obras de construção no prazo previsto no parágrafo 2º, do art. 1º, da Lei Municipal n.º 4.927, de 20/12/21; se a citada empresa cumprirá o término das obras até 31 de dezembro de 2021._x000D_
 _x000D_
 Justificativa:</t>
   </si>
   <si>
     <t>2659</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2659/2021-185-25911.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2659/2021-185-25911.pdf</t>
   </si>
   <si>
     <t>Requer que seja informado a esta casa legislativa o seguinte: se há um processo de cadastros e controle de nascentes no município; quantas nascentes estão cadastradas e seus locais; como estão sendo realizados os processos de recuperação, limpeza e cuidados com essas nascentes; a quem compete a responsabilidade governamental das nascentes, seja em áreas do município ou em áreas particulares._x000D_
 _x000D_
 Justificativa: lutar pelos interesses e necessidades da população, exercendo assim a função Legislativa que consiste em elaborar Leis, Decretos, Resoluções e Atos sobre todas as matérias de competência do Município, sempre obedecendo às regras da iniciativa.</t>
   </si>
   <si>
     <t>2660</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2660/2021-186-25912.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2660/2021-186-25912.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao Projeto de Lei nº 90/2021, detalhando: as razões que justifiquem “a utilizar, obrigatoriamente, o mínimo de 0,6 do orçamento anual para a realização da ‘Virada Cultural de Alfenas’”, nos termos do art. 8º do Projeto de Lei nº 90/2021; a ação que será consignada no PPA vigente (art. 8º, parágrafo único8º do Projeto de Lei nº 90/2021), para efeitos do disposto no art. 8º, caput, da citada proposição._x000D_
 _x000D_
 Justificativa: fornecer subsídios aos estudos da CCLJRF para análise do Projeto de Lei nº 90/2021 e posterior emissão do parecer.</t>
   </si>
   <si>
     <t>2661</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2661/2021-187-26103.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2661/2021-187-26103.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa sobre o corte do banco de horas extras dos servidores públicos do Município de Alfenas, especificando: o motivo para o referido corte; os critérios que foram usados para o corte do banco de horas; se há possibilidade do retorno do banco de horas para o servidor público, se houver necessidade; qual lei regulamentava as demais horas._x000D_
 _x000D_
 Justificativa: esclarecer aos servidores públicos, que indagaram sobre tal medida tomada pelo Poder Executivo, pois as horas extras que o servidor público_x000D_
 tem direito a receber hoje são 44 (quarenta e quatro) horas. O restante das horas ,que ultrapassavam, eram incluídas no banco de horas. Porém, esse banco de horas foi cortado pelo Poder Executivo, ou seja, se o servidor público fizer horas além das 44 (quarenta e quatro) horas permitidas, o servidor não irá receber.</t>
   </si>
   <si>
     <t>2676</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2676/2021-188-26104.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2676/2021-188-26104.pdf</t>
   </si>
   <si>
     <t>Encaminhar resposta a esta Casa de Leis, com relação aos servidores / professores da educação, detalhando: o número de servidores / professores contratados em caráter temporário que foram dispensados em virtude da pandemia; se o Poder Executivo pretende recontrata-los no momento em que as atividades retornarem; se existe uma possível data para tais recontratações._x000D_
 _x000D_
 Justificativa: garantir uma política pública eficiente em prol da educação, cujos profissionais exercem um papel de vital importância para as redes de educação e prestam um relevante serviço público à população, merecendo ser valorizados.</t>
   </si>
   <si>
     <t>2677</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2677/2021-189-26055.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2677/2021-189-26055.pdf</t>
   </si>
   <si>
     <t>Enviar à esta Casa Legislativa informações relativas à Copa de Alterosa de 2019, especificando: a razão pela qual os jogadores do Município não foram convocados em sua totalidade para compor o time de Alfenas, apesar do regulamento da Copa Alterosa permitir a participação de jogadores de outras cidades; o número de jogadores que foram trazidos de outras cidades para nos representar; o valor pago para cada um deles e a forma de pagamento usada para remunerar estes jogadores; se o pagamento destes jogadores, vindos de fora, foi feito pelo Município ou pelo Sócio / Proprietário da Imobiliária Casa Azul; enviar Notas Fiscais e documentos comprobatórios dos pagamentos feitos a esses jogadores, bem como dos gastos realizados com as despesas referentes a transporte, alimentação e hospedagem._x000D_
 _x000D_
 Justificativa: entender a motivação em trazer jogadores de outras cidades para nos representar em eventos como copas e campeonatos, uma vez que Alfenas possui seus próprios e talentosos esportistas.</t>
   </si>
   <si>
     <t>2678</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2678/2021-190-26069.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2678/2021-190-26069.pdf</t>
   </si>
   <si>
     <t>Informar o motivo da realização da abertura e final da Taça Alterosa em Alfenas, já que não tem nenhuma equipe representando a cidade disputando o referido campeonato, e o valor que será gasto com a Taça Alterosa._x000D_
 _x000D_
 Justificativa: exercício da função de fiscalização dos atos do Poder Executivo, inerente ao Legislativo, e também porque Alfenas não tem nenhuma equipe representando a cidade na referida Taça Alterosa.</t>
   </si>
   <si>
     <t>2679</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2679/2021-191-26071.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2679/2021-191-26071.pdf</t>
   </si>
   <si>
     <t>Reiterar o Requerimento nº 170/2021, com o pedido de que se encaminhe, de forma clara e objetiva, uma lista contendo o nome dos beneficiados com a_x000D_
 doação de terrenos efetivada aos servidores públicos municipais, bem como o vínculo destes para com o Poder Executivo (servidores efetivos, comissionados ou contratados)._x000D_
 _x000D_
 Justificativa: a Lei Municipal nº 4.575/2014, que autorizou a mencionada doação, relacionou em seu Anexo I a lista dos servidores públicos cujas famílias seriam beneficiadas com a doação dos imóveis. Além disso, a Lei Municipal nº 4.902/2019, que novamente autorizou a doação de imóveis a servidores Públicos do Município de Alfenas, estabeleceu que a lista anteriormente descrita deveria ser respeitada, com suas devidas correções já feitas. Sendo assim, é imprescindível a verificação de quais correções foram efetivadas ao longo desses anos.</t>
   </si>
   <si>
     <t>2681</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2681/2021-192-26074.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2681/2021-192-26074.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa as seguintes indagações: se existe algum profissional, especialista em neuropediatria, para atendimento na rede pública municipal de saúde; o local, os dias e horários de atendimento; se existe oferta de vagas e qual a atual demanda de pedidos para consulta nesta especialidade._x000D_
 _x000D_
 Justificativa: a procura de alguns pais, que relatam a dificuldade em conseguirem uma consulta com médicos desta especialidade.</t>
   </si>
   <si>
     <t>2682</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2682/2021-193-26080.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2682/2021-193-26080.pdf</t>
   </si>
   <si>
     <t>Requer medidas de intervenção e melhorias nos cemitérios municipais, mediante algumas providências: estabelecer normas por decreto, ou envio de projeto de lei a esta Casa, nos termos da minuta anexa, para suspender as construções irregulares que dificultam a locomoção de todos naquele equipamento público; estabelecer um georeferenciamento dos cemitérios, visto que os cidadãos terão condições de encontrarem os túmulos de seus familiares com mais facilidade, bem como os servidores do Velório terão uma ferramenta de trabalho de extrema importância; implantar câmeras de vídeo vigilância para combatermos a criminalidade que ocorre dentro dos cemitérios; determinar a média de construção até o limite de 30 cm (trinta centímetros) abaixo dos muros que cercam os locais; estabelecer medidas para conter o enorme depósito de resíduos de entulho que sempre aparecem nos cemitérios; dentre outras._x000D_
 _x000D_
 Justificativa: nos cemitérios existem muitas construções irregulares que dificultam a locomoção.</t>
   </si>
   <si>
     <t>2683</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2683/2021-194-26100.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2683/2021-194-26100.pdf</t>
   </si>
   <si>
     <t>Requer o envio a esta Casa, pelo Executivo Municipal, da documentação referente ao Projeto de Lei nº 99/2021 (Mensagem nº 107, de 2.9.2021), constando: croqui (Anexo Único) correspondente à parte da área pública que será permutada e também das áreas públicas a serem desmembradas nos termos do art. 2º e incisos I, II e III da citada proposição; laudos de avaliações atualizados do mencionados imóveis, elaborado por Comissão regularmente constituída para este fim._x000D_
 _x000D_
 Justificativa: fornecer subsídios aos estudos da CCLJRF, para análise do Projeto de Lei nº 99/2021 e posterior emissão do respectivo parecer, além do exercício da função fiscalizatória dos atos do Poder Executivo pelo Poder Legislativo.</t>
   </si>
   <si>
     <t>2684</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2684/2021-195-26157.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2684/2021-195-26157.pdf</t>
   </si>
   <si>
     <t>Requer a convocação dos servidores responsáveis pela causa animal no âmbito do Poder Público, Sra. Marta Pelegrini e Sr. Daniel Silva Barros, a comparecerem na Reunião Ordinária a ser realizada dia 18/10/2021, às 19 horas, para prestar esclarecimentos em Plenário quanto às responsabilidades da Prefeitura Municipal pertinente ao tema referido._x000D_
 _x000D_
 Justificativa: a mencionada convocação faz-se necessária para que todos os Vereadores e a população tenham conhecimento sobre a castração, o recolhimento de animais e as demais situações que envolvem a causa animal.</t>
   </si>
   <si>
     <t>2685</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2685/2021-196-26175.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2685/2021-196-26175.pdf</t>
   </si>
   <si>
     <t>Solicitar informações aos gestores (as) do PSF Recreio Vale do Sol, sobre os motivos de terem parado com a realização dos exames preventivos femininos neste local e por que não estão mais realizando a pesagem das crianças cujas famílias são atendidas pelo Programa Bolsa Família._x000D_
 _x000D_
 Justificativa: as moradoras atendidas pelo PSF Recreio Vale do Sol reclamam da não realização dos exames preventivos femininos e pesagem do Bolsa Família neste PSF, tendo que se deslocarem para outros PSFs.</t>
   </si>
   <si>
     <t>2686</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2686/2021-197-26178.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2686/2021-197-26178.pdf</t>
   </si>
   <si>
     <t>Informar quantos cães e gatos foram castrados nos períodos 2000 / 2004; 2008 / 2012; 2016 até a presente data; bem como os valores investidos na construção de barracão de castração e demais pertinentes ao tema._x000D_
 _x000D_
 Justificativa: existe, por parte de uma parcela da sociedade, uma grande preocupação com relação ao assunto de cães e gatos, sendo notório que a atual administração não têm medido esforços para resolver em tempo real as demandas. Sendo assim, de posse dos dados supramencionados, será possível demonstrar o tamanho do investimento e qual o governo que mais investiu neste segmento.</t>
   </si>
   <si>
     <t>2687</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2687/2021-199-26291.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2687/2021-199-26291.pdf</t>
   </si>
   <si>
     <t>Encaminhar resposta a esta Casa de Leis, com relação à previsão de concessão do Programa Juros Zero, bem como à existência de banco de dados cadastrados e a possível data para início da mencionada concessão._x000D_
 _x000D_
 Justificativa: diversas Leis já tramitaram nesta Casa com o intuito de executar o Programa Juros Zero, cujo objetivo é o de auxiliar os comerciantes que_x000D_
 sofreram inúmeros prejuízos em virtude da pandemia, entretanto, até a presente data, os mesmos encontram-se aflitos e ansiosos aguardando a continuidade na execução do programa, com a consequente concessão.</t>
   </si>
   <si>
     <t>2688</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2688/2021-200-26280.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2688/2021-200-26280.pdf</t>
   </si>
   <si>
     <t>Requer informações referentes ao Centro Municipal de Autismo, especificando: se a Administração Municipal já emitiu algum ato (decreto, resolução, portaria, instrução, despacho ou demais atos administrativos inominados), observado o Poder Regulamentar, visando a execução e cumprimento das Leis Municipais, combinada com a Lei Federal N°13.977/2020 - ambas vinculadas ao Transtorno do Espectro Autista, com a devida disponibilização de tais atos; em caso negativo, o motivo da não emissão dos atos do Poder Executivo Municipal, com a previsão para que intercorra tais regulamentações; o quadro de todos profissionais atuantes do Centro Municipal de Autismo, nas funções técnicas em Psicologia, que comprovem especialidade em Terapia Cognitiva Comportamental e ABA; dentre outras._x000D_
 _x000D_
 Justificativa: garantir o poder constitucional de fiscalização desta vereadora, a fim de apurar as informações solicitadas, para também servir de base para a elaboração de políticas públicas.</t>
   </si>
   <si>
     <t>2689</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2689/2021-201-26287.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2689/2021-201-26287.pdf</t>
   </si>
   <si>
     <t>Requer que seja informado a esta casa legislativa o seguinte: o número de alunos da Rede Municipal de Ensino que retornaram ao ensino presencial, bem como quantos destes estão fazendo uso do transporte público escolar, caso esteja funcionando; como estão sendo desenvolvidas as atividades dentro da escola, se estão sendo tomados os devidos cuidados e protocolos do enfrentamento ao COVID-19; como está sendo a adesão dos pais e alunos em relação a este sistema hibrido, se positivo ou negativo._x000D_
 _x000D_
 Justificativa: obter informações sobre o funcionamento escolar pós-pandemia, a observar que neste momento os sentimentos deverão ser acolhidos, e a maneira como isso será feito será primordial para tudo o que virá depois, haja vista que nossas crianças passaram por experiências de luto próximas a elas, de familiares, amigos e pessoas conhecidas, e as perdas vividas precisam ser tratadas de maneira especial.</t>
   </si>
   <si>
     <t>2690</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2690/2021-202-26289.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2690/2021-202-26289.pdf</t>
   </si>
   <si>
     <t>Requer que seja informado a esta casa legislativa o seguinte: se existe profissional especialista em neuropediatria para atendimento na rede pública municipal de saúde; informar o local, dias e horários de atendimento; se existe oferta de vagas e qual é a atual demanda de pedidos para consulta nesta especialidade._x000D_
 _x000D_
 Justificativa: a procura de pais, que relatam a dificuldade em conseguirem consulta com médico desta especialidade, sendo necessário o atendimento com a referida especialidade às crianças que possuem deficiência relacionada ao sistema nervoso central e periférico, tais como epilepsia e crise convulsiva, autismo, (TDAH -Transtorno do Déficit de Atenção com Hiperatividade), paralisia cerebral e doenças musculares, entre outras.</t>
   </si>
   <si>
     <t>2691</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2691/2021-203-26299.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2691/2021-203-26299.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa quando iniciará a operação tapa-buracos nas várias ruas e avenidas que estão bastante esburacadas, do Bairro Jardim Aeroporto._x000D_
 _x000D_
 Justificativa: várias pessoas, como os moradores do bairro, frequentadores do Supermercado Alvorada, do clube e da pista de caminhada, estão reivindicando tal providência, diante da grande quantidade de buracos que se formaram nas vias públicas do referido bairro, o que dificulta o trânsito, gerando o risco de acidentes e danos materiais nos veículos, com destaque para as Rua José Constantino da Silveira, em frente ao Supermercado Alvorada e Colégio Pontual, as Ruas Joaquim Bernardes da Silva e José Ferreira de Moraes, dentre outras.</t>
   </si>
   <si>
     <t>2692</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2692/2021-204-26334.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2692/2021-204-26334.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa de Leis informações referentes ao Centro de Saúde Animal, especificando: quantos animais foram microchipados (dentre gatos, cães e cavalos); os dados cadastrais de todos os animais chipados desde 29 de junho de 2020 até a presente data; os códigos dos microchipados e endereço dos animais tutelados e comunitários, que foram microchipados no respectivo período; a plataforma de banco de dados utilizada; por que a função da microchipagem “identificação” dos animais, prevista na lei 4821/2018 - lei de criação do Prosan, foi deslocada para a secretaria municipal de educação; os valores referentes aos contratos - 63/2020 e seu aditivo, 25/2021, 23/2021, 95/2020 -, que foram pagos, sobre qual dotação orçamentária, qual órgão, qual unidade, e com que tipo de recurso; o número de microchips, aplicadores e leitores comprados no contrato 95/2020 (Apresentar notas de compras)._x000D_
 _x000D_
 Justificativa: garantir a fiscalização desta vereadora, a fim de apurar as informações solicitadas.</t>
   </si>
   <si>
     <t>2693</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2693/2021-205-26336.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2693/2021-205-26336.pdf</t>
   </si>
   <si>
     <t>Enviar informações referentes ao Contrato de Prestação de Serviços da empresa Loc Minas Locadora de Veículos Ltda., especificando: quantos veículos (de todas as marcas e modelos, inclusive máquinas e utilitários) foram alugados pelo Município; as pessoas, e suas respectivas funções, que dirigem os citados veículos; todos os valores pagos por locação, bem como a placa, modelo, tipo de veículo, no período contratado; os locais (secretarias) que estão utilizando os veículos alugados; se as locações no período foram feitas através de licitação pública, enviando cópias das mesmas para análise, com os respectivos contratos; as empresas que alugaram ou alugam veículos para o município, com cópias dos contratos de locação; se os carros do prefeito e vice-prefeito são carros locados; se existem carros locados que estão utilizando adesivos, brasões e escritos que o identificam como carros a serviço da municipalidade._x000D_
 _x000D_
 Justificativa: garantir a fiscalização, a fim de apurar as informações.</t>
   </si>
   <si>
     <t>2694</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2694/2021-206-26372.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2694/2021-206-26372.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa o projeto de finalização do recapeamento, com massa asfáltica, sinalização e faixas elevadas de pedestres, na Av. Dr. Lincoln Westin da Silveira, nas proximidades da Gráfica Atenas até o trevo principal._x000D_
 _x000D_
 Justificativa: ressaltar a necessidade da finalização desse projeto, devido ao número de pessoas, tanto munícipes quanto pessoas de outros municípios, que trafegam por aquele local e demandam pela qualidade no trânsito em nosso Município.</t>
   </si>
   <si>
     <t>2695</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2695/2021-207-26374.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2695/2021-207-26374.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa as seguintes indagações: quantas famílias estão cadastradas no aluguel social; como está o pagamento pelo Município desses aluguéis, se está em dia ou em atraso, há quanto tempo; quantas famílias estão cadastradas no Município para receber cestas básicas; como é feita a seleção das cestas, se há um cadastro e qual a periodicidade; o motivo por não estar tendo cestas básicas._x000D_
 _x000D_
 Justificativa: exercício fiscalizatório dos atos do Poder Executivo, inerente aos membros do Poder Legislativo.</t>
   </si>
   <si>
     <t>2696</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2696/2021-208-26373.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2696/2021-208-26373.pdf</t>
   </si>
   <si>
     <t>Prestar as seguintes informações, sobre a Secretaria do Servidor Público Municipal, detalhando: quem é o secretário; qual é o endereço e o telefone do local de atendimento._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, atribuída aos membros do Poder Legislativo, sobre os atos do Executivo.</t>
   </si>
   <si>
     <t>2698</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2698/2021-209-26421.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2698/2021-209-26421.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa as seguintes informações: se haverá rateio do FUNDEB para professores da rede de ensino, neste Município; qual a previsão para isso acontecer._x000D_
 _x000D_
 Justificativa: obter mais informações a respeito da matéria, para esclarecer a classe interessada.</t>
   </si>
   <si>
     <t>2700</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2700/2021-210-26495-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2700/2021-210-26495-assinado.pdf</t>
   </si>
   <si>
     <t>Requer ao Executivo Municipal providências acerca da retirada do Projeto de Lei nº 22/2021, que “disciplina a contratação de Parceria Público –Privada e dá outras providências”._x000D_
 _x000D_
 Justificativa: perda superveniente do objeto da citada proposição, em virtude da revogação da Lei Municipal nº 4.867, de 19 de setembro de 2019, que autorizou a contratação de Parceria Público-Privada pela Lei Municipal nº 5.062, recentemente sancionada no dia 8 de novembro de 2021.</t>
   </si>
   <si>
     <t>2702</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2702/2021-211-26520-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2702/2021-211-26520-assinado.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa de Leis informações sobre o Parque Turístico e Ecológico, detalhando: se além da autorização do CODEMA, houve um manejo ou remanejo dos animais silvestres que habitavam e usufruíam da vegetação nativa, com cópia do planejamento e estudo; se a Secretaria de Meio Ambiente ou outra secretaria se ateve a essa preocupação, tanto em relação aos animais silvestres quanto à bioversidade da flora, ao provocar a perda da vegetação nativa._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, atribuída aos membros do Poder Legislativo, sobre os atos do Poder Executivo.</t>
   </si>
   <si>
     <t>2703</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2703/2021-212-26518-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2703/2021-212-26518-assinado.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa de Leis informações no que se refere à municipalização, diante da informação de que houve desistência do Projeto Mãos Dadas, do governo do estado de MG, explicando: se haverá a municipalização das escolas do Estado no município, nos anos iniciais; quando acontecerá (a data prevista); se não houver, favor enviar ofício assinado pelo excelentíssimo Sr. Prefeito Municipal Luiz Antônio da Silva, justificando._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, atribuída aos membros do Poder Legislativo, sobre os atos do Poder Executivo.</t>
   </si>
   <si>
     <t>2704</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2704/2021-213-26519-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2704/2021-213-26519-assinado.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de a retomada integral dos serviços de transporte coletivo de Alfenas, visto que atualmente a Empresa Alfetur não tem disponibilizado um serviço adequado à população alfenense._x000D_
 _x000D_
 Justificativa: é público e notório que a pandemia causou sérios danos a toda a população, porém, com o ritmo de vacinação avançado e todas atividades em pleno funcionamento, apenas a empresa Alfetur não retomou sua integralidade no transporte público, prejudicando a população de baixa renda que utiliza do transporte público.</t>
   </si>
   <si>
     <t>2705</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2705/2021-214-26584-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2705/2021-214-26584-assinado.pdf</t>
   </si>
   <si>
     <t>Informar a Casa Legislativa a respeito dos Fundos de Recursos, criados pelo Poder Executivo, até a presente data, detalhando: nome e tipo de recursos obtidos; se foi por emendas, ou recursos próprios; se foi por transferências, seja do governo estadual ou federal; enviar valores recebidos de cada fundo e as respectivas datas._x000D_
 _x000D_
 Justificativa: exercício fiscalizatório dos atos do Poder Executivo, inerente aos membros do Poder Legislativo.</t>
   </si>
   <si>
     <t>2706</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2706/2021-215-26604-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2706/2021-215-26604-assinado.pdf</t>
   </si>
   <si>
     <t>Enviar a esta Casa Legislativa informações sobre imóveis abandonados no Município de Alfenas, detalhando: se existe no Município um serviço de fiscalização que atue em toda a cidade, objetivando o levantamento dos imóveis abandonados que comprometam a segurança da comunidade e cidadãos; a frequência de fiscalização em imóveis com construções inacabadas, bem como naqueles que são objeto de locação em que os proprietários_x000D_
 e imobiliárias não realizam a correta higienização; se os imóveis com portões fechados e placas de locação, que não realizam a devida limpeza, podem ser enquadrados na lei 4205/2010, e se essa aplicação da lei está sendo feita._x000D_
 _x000D_
 Justificativa: esclarecer a população quanto às questões acima citadas, visto que a quantidade de imóveis e construções abandonados vêm aumentando frequentemente em Alfenas.</t>
   </si>
   <si>
     <t>2707</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2707/2021-216-26639-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2707/2021-216-26639-assinado.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa o seguinte: como está o funcionamento do Hospital de Cães e Gatos do nosso município, visto que não foi inaugurado; se existe data para tal inauguração; como está sendo o desenvolvimento da saúde pública que cuida dos animais; se existe equipe formalizada de médicos veterinários, técnicos veterinários, coordenador de toda a equipe de colaboradores, que devem haver para o desenvolvimento dos cuidados da população animal, que será desempenhado no referido hospital._x000D_
 _x000D_
 Justificativa: os animais, assim como nós seres humanos, são seres dependentes de questões físicas, emocionais, psicológicas, etc., e têm necessidades, pois eles também sentem fome, sede, precisam dormir, precisam de carinho, atenção. Por esta razão, solicito tal informação do poder executivo com a finalidade de informar à população sobre o denominado hospital construído para estes fins.</t>
   </si>
   <si>
     <t>2708</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2708/2021-217-26650-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2708/2021-217-26650-assinado.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa quando será feito o recapeamento das Ruas Alberto de Oliveira E Raimundo Correa, no bairro Jardim São Carlos._x000D_
 _x000D_
 Justificativa: já foram feitas inúmeras Indicações e até o momento não foi realizado o recapeamento das referidas vias públicas.</t>
   </si>
   <si>
     <t>2709</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>Carlinho Vardemá, Jaime Daniel, Márcio Dunga</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2709/2021-218-26669-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2709/2021-218-26669-assinado.pdf</t>
   </si>
   <si>
     <t>Informar os motivos e as providências que estão sendo tomadas pelo Executivo Municipal, quanto ao transporte dos corpos para autópsia, no Município de Areado._x000D_
 _x000D_
 Justificativa: exercício da função de fiscalização dos atos do Poder Executivo, inerente ao Poder Legislativo.</t>
   </si>
   <si>
     <t>2711</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>Jaime Daniel, Carlinho Vardemá, Márcio Dunga</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2711/2021-219-26670-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2711/2021-219-26670-assinado.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa quais os motivos que levaram e as providências tomadas quando do transporte dos corpos para autópsia, para o município de Areado._x000D_
 _x000D_
 Justificativa: esclarecer às pessoas que estão buscando informação.</t>
   </si>
   <si>
     <t>2715</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2715/2021-220-26716-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2715/2021-220-26716-assinado.pdf</t>
   </si>
   <si>
     <t>Informar a esta Casa Legislativa a relação dos terrenos doados e destinados às empresas e microempresas desde 01/01/2017 até o presente momento, constando: o nome de cada empresa com seus respectivos endereços, sedes, telefones, e-mail e nome do proprietário; a data em que foi entregue cada terreno, juntamente com o endereço desse terreno e a sua metragem; o valor da contrapartida de cada empresa e como foi realizada ou se ainda está sendo feita esta devolução ao município; em qual área e o endereço onde está sendo aplicada a contrapartida de cada empresa; o valor a receber das contrapartidas das empresas que ainda não concluíram o combinado; se existe alguma empresa que foi agraciada com mais de um terreno nos últimos 5 anos, e por quê; dentre outras._x000D_
 _x000D_
 Justificativa: ter conhecimento de como anda a distribuição de terrenos em nosso município, pois sabemos que têm muitos microempresários nascidos e_x000D_
 criados aqui, que investem aqui e não estão conseguindo expandir por falta de espaço.</t>
   </si>
   <si>
     <t>2716</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2716/2021-221-26735-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2716/2021-221-26735-assinado.pdf</t>
   </si>
   <si>
     <t>Prestar informações sobre como estão os processos de marcação de exames, pela Secretaria Municipal de Saúde do município de Alfenas, de acordo com o seguinte: Doppler Tireóide / Carótida; Doppler Venoso / Arterial; Holter; Eletroencefalograma; Eletroneuromiografia; Mamografia; Ecocardiograma; Eletrocardiograma._x000D_
 _x000D_
 Justificativa: vários cidadãos alfenenses vieram a Casa Legislativa reclamar que não estão conseguindo agendar e liberar estes exames na Secretaria de Saúde, de modo que precisamos de informações sobre como a Secretaria está procedendo e liberando o agendamento destes exames especificamente.</t>
   </si>
   <si>
     <t>2717</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2717/2021-222-26744-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2717/2021-222-26744-assinado.pdf</t>
   </si>
   <si>
     <t>Responder e enviar documentos no que diz respeito à Secretaria Municipal de Defesa Social, com relação à Guarda Civil Municipal de Alfenas, informando: quantos Guardas Civis Municipais existem atualmente em atividade; quantas viaturas estão disponíveis para atuação da Guarda Municipal; o valor mensal do gasto de combustível da instituição; como são feitas as escalas da Guarda e quais os horários de expediente desta; quais Bairros têm prioridades no atendimento da Guarda Civil._x000D_
 _x000D_
 Justificativa: a atuação da Guarda Municipal demonstra-se de extrema importância, visto que pode ser considerado agente de segurança preventivo e coletivo, capaz de controlar de forma preventiva os delitos e os distúrbios sociais, por conseguinte, de suma relevância em prol da nossa cidade e de nossa população.</t>
   </si>
   <si>
     <t>2718</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2718/2021-223-26743-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2718/2021-223-26743-assinado.pdf</t>
   </si>
   <si>
     <t>Encaminhar a esta Casa de Leis, os documentos e a devida resposta às seguintes indagações, informando: quais servidores da Secretaria Municipal de Defesa Social estão responsáveis por fiscalizar o contrato da empresa responsável pela Zona Azul no município (enviar o contrato e as posteriores alterações, caso existam); o proprietário da empresa e seus dirigentes (enviar documentos que comprovem a propriedade e telefones para contato com estes dirigentes); onde se localiza a sede da empresa em Alfenas e em sua cidade de origem, com os telefones de atendimento da população e do Poder Público._x000D_
 _x000D_
 Justificativa: desde a formalização da concessão do sistema de estacionamento rotativo em nosso município, são pequenas as informações divulgadas a respeito, por conseguinte, este Vereador e a população necessitam de mais informações para acompanhamento da prestação do serviço.</t>
   </si>
   <si>
     <t>2719</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2719/2021-224-26758-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2719/2021-224-26758-assinado.pdf</t>
   </si>
   <si>
     <t>Enviar todos os comprovantes referentes aos gastos de 25% (vinte e cinco por cento) de recursos próprios com a educação._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, atribuída aos membros do Poder Legislativo, sobre os atos do Poder Executivo.</t>
   </si>
   <si>
     <t>2720</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2720/2021-225-26760-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2720/2021-225-26760-assinado.pdf</t>
   </si>
   <si>
     <t>Enviar relatório especificando todos os gastos referentes aos 25 % (vinte e cinco) de recursos próprios com a educação._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, atribuída aos membros do Poder Legislativo, sobre os atos do Poder Executivo.</t>
   </si>
   <si>
     <t>2721</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2721/2021-226-26779-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2721/2021-226-26779-assinado.pdf</t>
   </si>
   <si>
     <t>Enviar as seguintes informações sobre o SUSAMA (Sistema Único de Saúde Animal), detalhando: de onde virá a verba para custeio do projeto; a garantia que a população terá de que este projeto será contínuo em nosso Município; se o SUSAMA atenderá somente os animais da cidade de Alfenas ou abrangerá as demais cidades da região, citando quais cidades pretende atender._x000D_
 _x000D_
 Justificativa: conhecer mais sobre a matéria, tendo em vista que se trata de um tema de relevante importância, visto que a saúde e o bem estar dos animais passará a ser uma responsabilidade do Município, lembrando, inclusive, que todos os recursos e investimentos aplicados em prol do SUSAMA só terão valia, se houver um planejamento adequado e a perspectiva de continuidade.</t>
   </si>
   <si>
     <t>2722</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2722/2021-227-26811-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2722/2021-227-26811-assinado.pdf</t>
   </si>
   <si>
     <t>Solicitar ao Conselho do Fundeb os relatórios relativos à aplicação dos recursos do Fundeb, constando: o relatório anual da Execução físico financeira dos recursos do Fundeb, nos anos de 2020 e 2021; parecer conclusivo relativo à aplicação dos recursos respectivos dos anos 2020 e 2021._x000D_
 _x000D_
 Justificativa: o Conselho do Fundeb tem o objetivo principal de fiscalizar o controle dos recursos transferidos para a manutenção do ensino básico.</t>
   </si>
   <si>
     <t>2723</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2723/2021-228-26838-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2723/2021-228-26838-assinado.pdf</t>
   </si>
   <si>
     <t>Considerando aposentadorias de servidores da educação, realizadas recentemente, e a prorrogação do último concurso de 2016, informar: se haverá efetivação de mais profissionais nas funções de professores, ADHs e supervisores; se existem professores que estão desempenhando a função de supervisores através de coordenação pedagógica; enviar a lista com os respectivos nomes e lotação da escola, além do período do início da função desempenhada; o valor da Remuneração paga._x000D_
 _x000D_
 Justificativa: exercício da função fiscalizadora, atribuída aos membros do Poder Legislativo, sobre os atos do Poder Executivo.</t>
   </si>
   <si>
     <t>2724</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2724/2021-229-26837-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2724/2021-229-26837-assinado.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de uma antena, para recepção de sinal de internet gratuita para a população, na Praça Getúlio Vargas, através de uma parceria entre a Empresa Itop Telecom e o Município de Alfenas._x000D_
 _x000D_
 Justificativa: a Praça Getúlio Vargas é um local bem frequentado pela população alfenense, além de ser o cartão postal de nossa cidade. Sendo assim, uma parceria entre a Empresa Itop Telecom e o Município, na qual esta empresa irá fazer a doação de uma antena para ser instalada na Praça Getúlio Vargas, para recepção do sinal de internet gratuito, fará com que toda a população que frequenta a praça seja beneficiada.</t>
   </si>
   <si>
     <t>2803</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2803/2021-1-7462.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2803/2021-1-7462.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio ao recente ato de violência, sofrido por uma moradora de nosso município, durante um procedimento realizado em uma consulta_x000D_
 médica.</t>
   </si>
   <si>
     <t>2804</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2804/2021-2-8787.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2804/2021-2-8787.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família do Sr. Sérgio Zopardi, em decorrência de seu falecimento em 17 de janeiro de 2021.</t>
   </si>
   <si>
     <t>2805</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2805/2021-3-7546.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2805/2021-3-7546.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio aos recentes comentários desrespeitosos proferidos por uma adolescente ‘blogueira’ de nosso município, com relação às identidades estéticas dos participantes negros e negras do reality show ‘BBB/2021’.</t>
   </si>
   <si>
     <t>2806</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2806/2021-4-7715.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2806/2021-4-7715.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família do Sr. Niécio Alves Damasceno, gerente da empresa Paulineris, extensiva à referida empresa, na pessoa dos seus proprietários Neris Quintino e Paulo Henrique de Oliveira, em decorrência de seu falecimento.</t>
   </si>
   <si>
     <t>2807</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2807/2021-5-7636.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2807/2021-5-7636.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio quanto à recente declaração do Prefeito Municipal de Alfenas, a respeito do autismo, que repercutiu nacionalmente.</t>
   </si>
   <si>
     <t>2808</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2808/mocao_no_06-2021_-_tani_rose.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2808/mocao_no_06-2021_-_tani_rose.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da servidora municipal Jaqueline Ribeiro, que sempre exerceu com muito amor e profissionalismo o atendimento no setor do IPTU, da Prefeitura Municipal de Alfenas.</t>
   </si>
   <si>
     <t>2809</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2809/2021-7-7681.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2809/2021-7-7681.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família da servidora municipal Jaqueline Aparecida da Silva Ribeiro, em virtude do seu falecimento, ocorrido em 12 de fevereiro de 2021.</t>
   </si>
   <si>
     <t>2810</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2810/2021-8-8847.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2810/2021-8-8847.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família do Dr. Euclides Vieira Silveira Filho, em decorrência do falecimento de sua mãe, Leila Vieira Silveira.</t>
   </si>
   <si>
     <t>2811</t>
   </si>
   <si>
     <t>Guinho, Tani Rose</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2811/2021-9-7753.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2811/2021-9-7753.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento do Sr. Valdson José da Silva, da Silvatur Turismo (PASSENSE), empresa terceirizada que presta serviço de transporte escolar para a Secretaria Municipal de Educação de Alfenas, por mais de duas décadas e sempre colaborando com a qualidade dos serviços prestados.</t>
   </si>
   <si>
     <t>2812</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2812/2021-10-8897.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2812/2021-10-8897.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família do Sr. José Vitor Lázaro, popular e culturalmente conhecido como Decão, em decorrência de seu falecimento no dia de hoje.</t>
   </si>
   <si>
     <t>2813</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2813/2021-11-7794.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2813/2021-11-7794.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento da Sra. Rosângela Carvalho Rocha.</t>
   </si>
   <si>
     <t>2814</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2814/2021-12-8905.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2814/2021-12-8905.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família da Sra. Luciene Esteves da Silva Martelli, em decorrência do seu falecimento e perda irreparável à família.</t>
   </si>
   <si>
     <t>2816</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2816/mocao_no_12-2021_-_tani_rose.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2816/mocao_no_12-2021_-_tani_rose.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar em face do falecimento da servidora Juliana Pereira, que exerceu com muito amor e profissionalismo o magistério e tudo aquilo que se comprometia a fazer.</t>
   </si>
   <si>
     <t>2817</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2817/2021-14-7956.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2817/2021-14-7956.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família do Sr. Luiz Heleno Sales Nunes, conhecido por todos como Seu Luizinho, em decorrência de seu falecimento no último dia 18.</t>
   </si>
   <si>
     <t>2818</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2818/2021-15-7957.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2818/2021-15-7957.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família do Sr. Luiz Heleno Salles Nunes, em decorrência do seu falecimento e perda irreparável à família.</t>
   </si>
   <si>
     <t>2819</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2819/mocao_no_16-2021_-_guinho.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2819/mocao_no_16-2021_-_guinho.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio aos servidores públicos municipais que estão à frente no Combate ao Covid-19, em especial aos agentes funerários, auxiliares administrativos e de limpeza dos PSF´s, ambulatórios, agentes endêmicos, da vigilância sanitária, técnicos (as) de enfermagem, enfermeiros (as), médicos (as), fisioterapeutas, psicólogos (as), assistentes sociais.</t>
   </si>
   <si>
     <t>2820</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2820/2021-17-8920.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2820/2021-17-8920.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família do Senhor Luiz Heleno Nunes, Sr. Luizinho do Centro Seara do Mestre, em virtude do seu falecimento ocorrido em 18 de março de 2021.</t>
   </si>
   <si>
     <t>2821</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2821/2021-18-8093.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2821/2021-18-8093.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família do Sr. Nailton Soares de Jesus Júnior, em decorrência do seu falecimento.</t>
   </si>
   <si>
     <t>2822</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2822/2021-19-8047.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2822/2021-19-8047.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio à Medida Provisória nº 1.031, de 23 de fevereiro de 2021, que possui como proposta a privatização da Eletrobrás.</t>
   </si>
   <si>
     <t>2823</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2823/mocao_20-2021_-_tani_rose.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2823/mocao_20-2021_-_tani_rose.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar em face do falecimento do carnavalesco Sr. Sebastião Tadeu de Almeida.</t>
   </si>
   <si>
     <t>2824</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2824/2021-21-8018.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2824/2021-21-8018.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família do Sr. Otávio José Martins Borba, em virtude do seu falecimento ocorrido em 30 de março de 2021.</t>
   </si>
   <si>
     <t>2825</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2825/2021-22-8043.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2825/2021-22-8043.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família do Sr. Ronivaldo Carvalho Lopes, em virtude do seu falecimento ocorrido em 30 de março de 2021.</t>
   </si>
   <si>
     <t>2826</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2826/2021-23-8050.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2826/2021-23-8050.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família do Sr. Antônio Carlos Lourenço, popularmente conhecido como Bicudo, capitão da Companhia de Reis Jorge Lourenço, que contribuiu verdadeiramente com a cultura alfenense por meio de sua arte.</t>
   </si>
   <si>
     <t>2827</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2827/2021-24-8059.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2827/2021-24-8059.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família do Sr. Leandro César dos Santos, em virtude do seu falecimento, ocorrido em 05 de abril de 2021.</t>
   </si>
   <si>
     <t>2828</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2828/2021-25-8070.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2828/2021-25-8070.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações aos policiais militares Cabo Tiago da Silva Assad, Soldado 2ª Classe Willer Aparecido de Paiva Santos e Soldado 2ª Classe Luan Kalamazu dois Reis, por salvarem um bebê de engasgamento.</t>
   </si>
   <si>
     <t>2829</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2829/2021-26-8159.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2829/2021-26-8159.pdf</t>
   </si>
   <si>
     <t>Moção de Apelo ao Governador do Estado de Minas Gerais, Romeu Zema, para que atenda aos apelos dos Profissionais de Enfermagem na luta pelo piso salarial em Minas Gerais.</t>
   </si>
   <si>
     <t>2830</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2830/2021-27-8173.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2830/2021-27-8173.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio aos ataques racistas sofridos pelas vereadoras Dandara, de Uberlândia e Moara, de Contagem.</t>
   </si>
   <si>
     <t>2831</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2831/2021-28-8180.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2831/2021-28-8180.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família do Sr. Ronei Cecílio dos Santos, em decorrência de seu falecimento em 29 de abril de 2021.</t>
   </si>
   <si>
     <t>2832</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2832/2021-29-8218.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2832/2021-29-8218.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio ao crime cometido pelos garimpeiros ilegais, que exploram a terra indígena Yanomami, em Roraima.</t>
   </si>
   <si>
     <t>2833</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2833/2021-30-8227.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2833/2021-30-8227.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos, com manifestação de imenso agradecimento ao trabalho dos profissionais de saúde da nossa Prefeitura Municipal e dos Hospitais Santa Casa de Misericórdia, Hospital Universitário Alzira Velano e Hospital Imesa, por todos os serviços de excelência prestados na área da saúde pública a toda a população de Alfenas e da nossa região.</t>
   </si>
   <si>
     <t>2834</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2834/2021-31-9022.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2834/2021-31-9022.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos, com manifestação de imenso agradecimento ao trabalho dos profissionais do nosso Canil Municipal, com toda a sua equipe, em especial aos servidores públicos Eli Rodrigues ( conhecido com Gansinho), defensor e protetor dos animais e a Dra. Cristiane, médica veterinária, que atendeu prontamente um pedido de socorro para salvar a vida de uma cadelinha que precisa de uma cirurgia de urgência.</t>
   </si>
   <si>
     <t>2835</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2835/2021-32-8333.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2835/2021-32-8333.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio à medida provisória nº 1.031, de 23 de fevereiro de 2021, que possui como proposta a morte de um animal silvestre.</t>
   </si>
   <si>
     <t>2836</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2836/2021-33-8338.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2836/2021-33-8338.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos, com manifestação de imenso agradecimento ao trabalho dos profissionais do nosso Velório Municipal, com toda a sua equipe de trabalho (administrativo, coveiros, pedreiros e serventes). que estão desempenhando um ótimo trabalho neste local neste período tão crítico de Pandemia do Coronavírus.</t>
   </si>
   <si>
     <t>2837</t>
   </si>
   <si>
     <t>Professor Luciano Solar, Tani Rose</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2837/2021-34-8359.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2837/2021-34-8359.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio contra a Companhia Energética de Minas Gerais (CEMIG), em virtude da forma com que, há anos, esta vem realizando a poda de árvores em nosso município, sendo que, provavelmente tem sido efetuada sem um profissional técnico, haja vista que as árvores encontram-se deformadas, diminuindo, assim, o seu tempo útil de vida e, consequentemente, sem o devido respeito com o meio ambiente.</t>
   </si>
   <si>
     <t>2838</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2838/2021-35-8361.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2838/2021-35-8361.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos ao Secretário Municipal Antônio Anchieta de Brito (Cheta) e toda a sua equipe junto à Secretaria Municipal de Obras.</t>
   </si>
   <si>
     <t>2839</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2839/mocao_no_36-2021_-_guinho.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2839/mocao_no_36-2021_-_guinho.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio à Universidade Federal de Alfenas, na pessoa do Magnífico Reitor Prof. Sandro Amadeu Cerveira.</t>
   </si>
   <si>
     <t>2840</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2840/2021-37-9060.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2840/2021-37-9060.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família da Sra. Francisca Silvério de Souza, em virtude de seu falecimento, ocorrido no dia 19 de junho de 2021.</t>
   </si>
   <si>
     <t>2841</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2841/2021-38-8379.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2841/2021-38-8379.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família do Sr. Benedito dos Santos, em decorrência de seu falecimento, em 12/06/2021.</t>
   </si>
   <si>
     <t>2842</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2842/2021-39-8380.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2842/2021-39-8380.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família da Sra. Darcilia Maria da Silva, em virtude de seu falecimento, ocorrido no dia 24 de maio de 2021.</t>
   </si>
   <si>
     <t>2843</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2843/2021-40-8381.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2843/2021-40-8381.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família da Sra. Luiza Maria da Silva, em decorrência de seu falecimento, em 07/06/2021.</t>
   </si>
   <si>
     <t>2844</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2844/2021-41-8382.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2844/2021-41-8382.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família da Sra. Cleusa Messias da Cunha Ananias, em virtude de seu falecimento, ocorrido no dia 31 de maio de 2021.</t>
   </si>
   <si>
     <t>2845</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2845/2021-42-8383.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2845/2021-42-8383.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família da Sra. Laurentina Benta Siqueira, em virtude de seu falecimento, ocorrido no dia 14 de junho de 2021.</t>
   </si>
   <si>
     <t>2846</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2846/2021-43-8384.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2846/2021-43-8384.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família do Sr. Paulo Felício Gonçalves, em decorrência de seu falecimento, em 05/06/2021.</t>
   </si>
   <si>
     <t>2851</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2851/2021-44-8463.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2851/2021-44-8463.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família do Sr. Lupércio Hermes Martins, em decorrência do seu falecimento.</t>
   </si>
   <si>
     <t>2853</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2853/2021-45-8414.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2853/2021-45-8414.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio e Solidariedade a todos os produtores rurais que estão tendo prejuízos com as geadas no país, notadamente os cafeicultores de nossa região.</t>
   </si>
   <si>
     <t>2854</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2854/2021-46-25897.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2854/2021-46-25897.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Boas-Vindas aos novos soldados do 3º CBMMG de Alfenas, cuja importância é ímpar, não somente em nossa cidade, mas em todo país, seja salvando vidas ou ajudando pessoas.</t>
   </si>
   <si>
     <t>2855</t>
   </si>
   <si>
     <t>Tani Rose, Márcio Dunga</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2855/2021-48-25898.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2855/2021-48-25898.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família do Senhor Dinarte Gomes, bem como à sua esposa Nelma (Churrasquinho da Feira), aos seus filhos Guilherme e Denis, em virtude do seu falecimento ocorrido em 23 de agosto de 2021.</t>
   </si>
   <si>
     <t>2856</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2856/2021-49-25899.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2856/2021-49-25899.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio contra o ato que recebeu a denúncia infundada e ilegal contra a Vereadora Vitória Aparecida Regis Cardoso Silva, através de parte do Plenário da Câmara Municipal de Paraguaçu / MG.</t>
   </si>
   <si>
     <t>2857</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2857/2021-50-25900.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2857/2021-50-25900.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família do Senhor Geraldo Inácio, aos seus filhos Patrícia Silva, Luiz Antônio Inácio e José Luiz Martins, em virtude do seu falecimento_x000D_
 ocorrido em 25 de agosto de 2021.</t>
   </si>
   <si>
     <t>2858</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2858/2021-51-25901.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2858/2021-51-25901.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a todos os profissionais da área da saúde do município de Alfenas, que atuem na Secretaria Municipal de Saúde, na Santa Casa de Misericórdia, nos PSFs, ESFs de Saúde de proteção e prevenção básica, no Hospital IMESA, no Hospital Universitário Alzira Velano, e nos postos e pontos de vacinação, como forma de reconhecimento desta edilidade pelos seus esforços.</t>
   </si>
   <si>
     <t>2863</t>
   </si>
   <si>
     <t>Braz da Máquina, Carlinho Vardemá, Dominguinhos Eletricista, Guinho, Jaime Daniel, Kátia Goyatá, Márcio Dunga, Paulinho do Asfalto, Professor Luciano Solar, Ratinho, Tani Rose, Teresa Ambulatório Cruz Preta</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2863/2021-52-26009.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2863/2021-52-26009.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio em desfavor da PEC 32, a qual altera dispositivos legais sobre servidores e empregados públicos e modifica a organização da_x000D_
 administração pública direta e indireta de qualquer dos Poderes da União, dos Estados, Distrito Industrial e Municipais, bem como manifestar apoio ao SINDSEPMG - Sindicato dos Servidores Públicos do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>2860</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2860/2021-53-26059.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2860/2021-53-26059.pdf</t>
   </si>
   <si>
     <t>Moção de Agradecimentos ao Assistente Social Sr. Fábio Marques Florêncio, pelo relevante trabalho desenvolvido no Centro de Oncologia de Alfenas, destacando-se pela atenção e cuidado no atendimento os pacientes oncológicos e seus familiares, pautando suas atitudes e palavras no humanismo e amparo, levando em consideração os aspectos emocional e social do paciente como fatores determinantes para evolução do tratamento.</t>
   </si>
   <si>
     <t>2861</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2861/2021-54-26060.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2861/2021-54-26060.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Doutor Allen Lopes Petrini, em reconhecimento ao seu desempenho singular e competência profissional aplicados no atendimento dos pacientes do Centro de Oncologia de Alfenas.</t>
   </si>
   <si>
     <t>2862</t>
   </si>
   <si>
     <t>Braz da Máquina, Márcio Dunga</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2862/2021-55-26105.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2862/2021-55-26105.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio à possibilidade que está sendo discutida como proposta a privatização da COHAB – Companhia de Habitação do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>2864</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2864/2021-56-26097.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2864/2021-56-26097.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos ao Servidor Edimauro Pereira, da Coordenadoria Municipal de Vigilância Ambiental.</t>
   </si>
   <si>
     <t>2865</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2865/2021-57-26086.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2865/2021-57-26086.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família do Sr. Otair Silvério, em decorrência de seu falecimento em 21 de setembro de 2021.</t>
   </si>
   <si>
     <t>2866</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos a Maria José Souto Camilo, em reconhecimento ao seu desempenho singular e competência profissional aplicados no atendimento das pacientes, especialmente gestantes, que chegam ao consultório do Dr. Boa Ventura Passos Vinhas.</t>
   </si>
   <si>
     <t>2867</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2867/2021-59-26161.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2867/2021-59-26161.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos ao Dr. Boaventura Passos Vinhas, em reconhecimento ao seu importante trabalho como médico ginecologista, em prol da saúde feminina.</t>
   </si>
   <si>
     <t>2869</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2869/2021-60-26262.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2869/2021-60-26262.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos aos funcionários e colaboradores do Lar São Vicente de Paulo, em especial para a Sra. Flávia Correa, pelo excelente trabalho que desenvolvem, com carinho e respeito aos moradores daquela instituição.</t>
   </si>
   <si>
     <t>2870</t>
   </si>
   <si>
     <t>Carlinho Vardemá, Jaime Daniel</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2870/2021-61-26273.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2870/2021-61-26273.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos ao Sr. Conrado Gomes de Souza, em reconhecimento ao seu desempenho singular e competência profissional aplicados a frente da Secretaria Municipal de Desenvolvimento Econômico do município de Alfenas - MG.</t>
   </si>
   <si>
     <t>2872</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2872/2021-62-26284.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2872/2021-62-26284.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio acerca da atitude de alguns moradores do Condomínio Mont Blanc e a qualquer forma de maus tratos aos animais.</t>
   </si>
   <si>
     <t>2873</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2873/2021-63-26344.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2873/2021-63-26344.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos ao Sr. Anderson Martins Silva, pelo excelente trabalho que desenvolve junto aos moradores do Lar São Vicente de Paula, como fisioterapeuta.</t>
   </si>
   <si>
     <t>2874</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2874/2021-64-26343.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2874/2021-64-26343.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos à Senhora Gerda Cecilia Trombini Pimenta, pelo excelente trabalho que desenvolve junto aos moradores do Lar_x000D_
 São Vicente de Paula, como fisioterapeuta.</t>
   </si>
   <si>
     <t>2875</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2875/2021-65-26491-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2875/2021-65-26491-assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos à TV Alfenas, em reconhecimento pela contribuição em seus 37 (trinta e sete) anos de atuação, pelos serviços prestados, que nos trazem informação de qualidade e utilidade pública aos telespectadores.</t>
   </si>
   <si>
     <t>2876</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2876/2021-66-26514-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2876/2021-66-26514-assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos à toda equipe da Rádio Pinheirinho, pelo grande trabalho que é desenvolvido na comunicação ao povo de Alfenas, com os seguintes membros: Alcione Lemos (Diretora), Canoeiro, Ronaldinho, Lucinho, Érick Pop, Francis Amaraí, Vitor Marques, Pastor Benedito, Zé Vicente, Jucemar Ribeiro (Pitu), Regis Policarpo, Luiz Maia, Gildo Jesus, Cristiane Reis, Amauri Méguida, Cido Santa Clara e Gilmara da Creche.</t>
   </si>
   <si>
     <t>2877</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2877/2021-67-26605-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2877/2021-67-26605-assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família da Sra. Ana Maria Boeris Américo, em decorrência de seu falecimento em 19 de novembro de 2021.</t>
   </si>
   <si>
     <t>2878</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2878/2021-68-26644-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2878/2021-68-26644-assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos à Aécio Lourenço de Assis, em reconhecimento ao seu desempenho singular e competência profissional como administrador da Santa Casa de Alfenas.</t>
   </si>
   <si>
     <t>2879</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2879/2021-69-26645-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2879/2021-69-26645-assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos à Flamarion Diogo Landre, em reconhecimento ao seu desempenho singular e competência profissional como tesoureiro da Santa Casa de Alfenas.</t>
   </si>
   <si>
     <t>2880</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2880/2021-70-26646-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2880/2021-70-26646-assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos à Antônio Carlos Esteves Pereira, em reconhecimento ao seu desempenho singular e competência profissional como Secretário da Prefeitura Municipal de Alfenas.</t>
   </si>
   <si>
     <t>2881</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2881/2021-71-26647-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2881/2021-71-26647-assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos à Iolanda da Silva dos Santos, em reconhecimento ao seu desempenho singular e competência profissional como_x000D_
 Secretária da Prefeitura Municipal de Alfenas.</t>
   </si>
   <si>
     <t>2882</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2882/2021-72-26667-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2882/2021-72-26667-assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos à Secretária Municipal Deyv Cabral de Assis, pelos relevantes serviços prestados à frente da Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>2883</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2883/2021-76-26712-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2883/2021-76-26712-assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos à Sandra Regina Alves Silveira, em reconhecimento ao seu excelente trabalho desempenhado como Servidora Pública Efetiva da Câmara Municipal de Alfenas, sempre muito prestativa e cuidadosa na sua função.</t>
   </si>
   <si>
     <t>2884</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2884/2021-77-26733-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2884/2021-77-26733-assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos à Ademar Vilhena de Souza, em reconhecimento ao seu grande trabalho e desempenho como engenheiro florestal e conselheiro do CODEMA, junto à Secretaria do Meio Ambiente de nosso Município.</t>
   </si>
   <si>
     <t>2885</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2885/2021-78-26736-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2885/2021-78-26736-assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos à Júlio Cesar Moura , em reconhecimento ao seu trabalho como Engenheiro Florestal desempenhado junto à equipe da Secretaria do Meio Ambiente de nosso município.</t>
   </si>
   <si>
     <t>2886</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2886/2021-79-26738-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2886/2021-79-26738-assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos ao senhor Rodolfo Inácio da Freiria, em reconhecimento ao seu trabalho, realizado desde de 2017, atuando como Servidor Público Municipal na Secretaria de Governo e mostrando um bom trabalho na coordenadoria dos serviços internos junto ao gabinete do prefeito.</t>
   </si>
   <si>
     <t>2887</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2887/2021-80-26737-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2887/2021-80-26737-assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos à Sidney Fernandes Leite, em reconhecimento ao seu desempenho como Engenheiro Agrônomo junto à Secretaria do Meio Ambiente de nosso município.</t>
   </si>
   <si>
     <t>2888</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2888/2021-81-26759-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2888/2021-81-26759-assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos à Sara Fidélis, em reconhecimento público onde expresso publicamente “todo meu respeito e admiração pela escritora da terra, que acaba de lançar o livro "Teseu – sombras do passado", na versão online pela Amazon, onde chegou a alcançar 12 (doze) milhões de páginas lidas pela plataformas em apenas 3 (três) meses, sendo um magnífico lançamento literário.</t>
   </si>
   <si>
     <t>2889</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2889/2021-82-26751-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2889/2021-82-26751-assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família do Sr. João Batista de Ávila Fanco, em virtude de seu falecimento, ocorrido no dia 29 de novembro de 2021.</t>
   </si>
   <si>
     <t>2890</t>
   </si>
   <si>
     <t>Braz da Máquina, Paulinho do Asfalto</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2890/2021-83-26756-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2890/2021-83-26756-assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos à Pedro Alves de Barros, em reconhecimento ao seu desempenho diante da Secretaria de Agricultura de nosso Município.</t>
   </si>
   <si>
     <t>2891</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2891/2021-84-26763-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2891/2021-84-26763-assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos à Dionizio José da Silva, em reconhecimento ao seu desempenho e produtividade diante da Secretaria do Meio Ambiente de nosso município.</t>
   </si>
   <si>
     <t>2892</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2892/2021-85-26778-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2892/2021-85-26778-assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos à Conrado Gomes de Souza, pelos relevantes serviços que vem prestando e por administrar tão bem a Secretaria de Desenvolvimento Econômico de nosso município.</t>
   </si>
   <si>
     <t>2893</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2893/2021-86-26798-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2893/2021-86-26798-assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos ao Secretário Executivo Waldemilson Gustavo Bassoto, parabenizando-o pelo ótimo serviço que tem prestado à Secretaria de Desenvolvimento Industrial, Comércio e Ação Regional.</t>
   </si>
   <si>
     <t>2894</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2894/2021-87-26795-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2894/2021-87-26795-assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos à José Ricardo Leandro da Silva, em reconhecimento ao seu desempenho singular e competência profissional como Procurador da Câmara Municipal de Alfenas.</t>
   </si>
   <si>
     <t>2895</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2895/2021-88-26828-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2895/2021-88-26828-assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos aos empresários que não mediram esforços, foram sensíveis à causa maior e junto ao governo municipal abraçaram a causa para auxiliar o desfecho de realizar o tão sonhado asfaltamento da rodovia Alfenas / Fama.</t>
   </si>
   <si>
     <t>2896</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2896/2021-89-26840-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2896/2021-89-26840-assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos ao Secretário Municipal de Educação Evandro Lúcio Corrêa, pelos relevantes serviços que vem prestando e por administrar tão bem a Secretaria de Educação de nosso município.</t>
   </si>
   <si>
     <t>2897</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2897/2021-90-26839-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2897/2021-90-26839-assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos a Moacir dos Reis, em reconhecimento ao seu desempenho singular e competência profissional como Coordenador do Transporte da Prefeitura.</t>
   </si>
   <si>
     <t>2898</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2898/2021-91-26848-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2898/2021-91-26848-assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à família da Sra. Thaciane Fernandes Frenha, em decorrência de seu falecimento em 09 de dezembro de 2021.</t>
   </si>
   <si>
     <t>2899</t>
   </si>
   <si>
-    <t>https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2899/2021-92-26975-assinado.pdf</t>
+    <t>http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2899/2021-92-26975-assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos para a Construtora e Incorporadora Ltda OCB, devido ao excelente trabalho prestado em nossa cidade.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -6076,67 +6076,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2908/projeto_de_decreto_01-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2909/projeto_de_decreto_03-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2910/projeto_de_decreto_04-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2912/projeto_de_decreto_05-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2913/projeto_de_decreto_06-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2914/projeto_de_decreto_07-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2915/projeto_de_decreto_08-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2916/projeto_de_decreto_09-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2917/projeto_de_decreto_10-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2932/projeto_de_decreto_11-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2933/projeto_de_decreto_12-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2934/projeto_de_decreto_13-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2935/projeto_de_decreto_14-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2936/projeto_de_decreto_15-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2937/projeto_de_decreto_16-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2938/projeto_de_decreto_17-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2305/projeto_de_decreto_18-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2306/projeto_de_decreto_19-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2307/projeto_de_decreto_20-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2308/1-0-1-redacao-original-desse-documento.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2310/1-0-1-redacao-original-desse-documento.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2311/1-0-1-redacao-original-desse-documento.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2312/1-0-1-redacao-original-desse-documento.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2313/1-0-1-redacao-original-desse-documento.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2314/1-0-1-redacao-original-desse-documento.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2315/1-0-1-redacao-original-desse-documento.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2989/projeto_de_lei_002-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2990/projeto_de_lei_003-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2991/projeto_de_lei_004-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2992/projeto_de_lei_005-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2993/projeto_de_lei_006-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2994/projeto_de_lei_007-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2995/projeto_de_lei_008-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2996/projeto_de_lei_009-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2997/projeto_de_lei_010-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3002/projeto_de_lei_011-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3003/projeto_de_lei_012-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3027/projeto_de_lei_013-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3030/projeto_de_lei_014-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3031/projeto_de_lei_015-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3285/projeto_de_lei_17-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3286/projeto_de_lei_18-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3287/projeto_de_lei_19-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3289/projeto_de_lei_20-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3309/projeto_de_lei_21-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3310/projeto_de_lei_22-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3311/projeto_de_lei_23-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3312/projeto_de_lei_24-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3314/projeto_de_lei_26-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3315/projeto_de_lei_27-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3316/projeto_de_lei_28-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3317/projeto_de_lei_29-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3318/projeto_de_lei_30-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3341/projeto_de_lei_31-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3342/projeto_de_lei_32-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3343/projeto_de_lei_33-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3319/projeto_de_lei_34-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3344/projeto_de_lei_35-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3432/projeto_de_lei_36-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3433/projeto_de_lei_37-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3434/projeto_de_lei_38-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3435/projeto_de_lei_39-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3436/projeto_de_lei_40-2021_minuta.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3437/projeto_de_lei_42-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3438/projeto_de_lei_43-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3439/projeto_de_lei_44-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3440/projeto_de_lei_48-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3441/projeto_de_lei_49-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3442/projeto_de_lei_50-2021_minuta.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3443/projeto_de_lei_52-2021_minuta.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3444/projeto_de_lei_55-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3457/projeto_de_lei_56-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3445/projeto_de_lei_57-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3446/projeto_de_lei_58-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3447/projeto_de_lei_59-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3451/projeto_de_lei_60-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3471/projeto_de_lei_62-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3472/projeto_de_lei_63-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3473/projeto_de_lei_64-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3474/projeto_de_lei_65-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3475/projeto_de_lei_66-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3476/projeto_de_lei_67-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3477/projeto_de_lei_68-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3478/projeto_de_lei_69-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3479/projeto_de_lei_70-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3480/projeto_de_lei_71-2021_minuta.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3481/projeto_de_lei_73-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3482/projeto_de_lei_75-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3483/projeto_de_lei_77-2021_minuta.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3486/projeto_de_lei_79-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3487/projeto_de_lei_80-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3503/projeto_de_lei_81-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3504/projeto_de_lei_82-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3505/projeto_de_lei_83-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3506/projeto_de_lei_84-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3507/projeto_de_lei_85-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3508/projeto_de_lei_87-2021_minuta.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3509/projeto_de_lei_88-2021_minuta.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3510/projeto_de_lei_89-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2319/2021-111-26249.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2318/1-1-mensagem-no-118-23-09-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2320/1-1-mensagem-no-120-27-09-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2321/1-1-mensagem-no-114-15-09-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2322/1-1-mensagem-no-123-29-09-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2323/1-0-projeto-de-lei-ordinaria-n.o-117-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2324/1-1-mensagem-no-129-18-10-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2325/1-1-mensagem-no-146-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2326/1-1-mensagem-no-131-21-10-2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2327/1-1-mensagem-de-lei-no-132.2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2328/1-1-mensagem-de-lei-no-134.2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2329/1-1-mensagem-no-135-21-10-2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2330/1-1-mensagem-no-136-21-10-2021-altera-lei-no-4913.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2331/1-1-mensagem-no-137-21-10-2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2332/1-1-mensagem-no-138-21-10-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2333/1-1-mensagem-no-139-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2334/1-1-mensagem-no-140-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2335/1-1-mensagem-no-141-2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2336/1-1-mensagem-no-142-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2337/1-1-mensagem-no-143-2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2338/1-1-mensagem-no-144-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2339/1-1-mensagem-no-147-21-10-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2340/1-1-mensagem-no-148-21-10-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2341/1-1-mensagem-no-149-2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2342/1-1-mensagem-no-153-04-11-2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2343/1-1-mensagem-no-155-2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2344/1-1-mensagem-no-151-04-11-2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2345/1-1-mensagem-no-133.2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2346/1-1-mensagem-no-154-04-11-2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2347/1-1-mensagem-no-150-03-11-2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2348/1-1-mensagem-no-145-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2349/1-1-mensagem-15.2021-p4322.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2350/1-1-mensagem-no-157.2021-p-4323.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2351/1-0-projeto-de-lei-ordinaria-n.o-146-2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2352/1-1-mensagem-no-158.2021-p4564.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2353/1-1-mensagem-no-128.2021-p4519.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2354/1-1-mensagem-no-160.2021-p4522.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2355/1-1-mensagem-no-161.2021-p4523.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2356/1-1-mensagem-n-163.2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2357/1-1-mensagem-no-164.2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2358/1-1-mensagem-no-165.2021-p4534.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2359/1-1-mensagem-no-166.2021-p-4535.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2360/1-1-mensagem-no-167.2021-p4545.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2361/1-1-mensagem-no-168.2021-p4556.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2362/1-1-projeto-de-lei-mesa-diretora-assinado.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2363/1-1-mensagem-no-169-01-12-2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2364/1-1-mensagem-no-170-01-12-2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2365/1-1-mensagem-no-171-01-12-2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2378/1-1-mensagem-no-172-01-12-2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2379/1-1-mensagem-no-173-02-11-2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2380/1-1-mensagem-no-174-02-12-2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2381/1-1-mensagem-no-175.2021-p4662.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2382/1-1-mensagem-no-176-03-12-2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2383/1-1-mensagem-no-177-06-12-2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2384/1-1-mensagem-no-178-06-12-2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2385/1-1-mensagem-no-179-06-12-2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2386/1-1-mensagem-no-180-06-12-2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2387/1-1-mensagem-no-181-06-12-2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2388/1-1-mensagem-no-182-06-12-2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2389/1-1-mensagem-no-183-06-12-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2390/1-1-mensagem-na186-07-12-2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2391/1-1-mensagem-no-187-07-12-2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2392/1-1-mensagem-no-189-09-12-2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2393/1-1-mensagem-no-188-09-12-2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2394/1-1-mensagem-no-191-13-12-2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2395/1-1-mensagem-no-193-13-12-2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2396/1-1-mensagem-no-194-13-12-2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2397/1-1-mensagem-no-197-16-12-2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2398/1-1-mensagem-no-195-13-12-2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2941/mensagem_48-2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2942/mensagem_09-2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2943/mensagem_67-2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2939/projeto_de_resolucao_01-2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2940/projeto_de_resolucao_02-2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2988/projeto_de_emenda_a_lom_01-2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3340/projeto_de_emenda_a_lom_02-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2417/2021-1-7439.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2418/2021-2-7447.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2419/2021-3-7452.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2420/2021-4-7456.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2421/2021-5-7460.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2422/2021-6-7464.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2424/2021-7-7465.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2425/2021-8-7469.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2426/2021-9-7472.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2427/2021-10-7475.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2428/2021-11-8784.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2792/requerimento_no_12-2021_-_katia_-_tani_-_solar.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2429/2021-13-8797.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2430/2021-14-8802.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2791/requerimento_no_15-2021_-_tani_-_katia_-_teresa.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2431/2021-16-8804.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2432/2021-17-8805.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2433/2021-18-8809.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2434/2021-19-7525.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2435/2021-20-7526.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2436/2021-21-7540.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2437/2021-22-8815.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2438/2021-23-7542.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2451/2021-24-7544.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2452/2021-25-7547.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2453/2021-26-7556.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2454/2021-27-7575.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2455/2021-28-7594.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2456/2021-29-7666.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2457/2021-30-7607.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2461/2021-31-7717.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2470/2021-32-7608.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2471/2021-33-7718.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2472/2021-34-7616.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2473/2021-35-7622.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2474/2021-36-7625.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2475/2021-37-8869.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2476/2021-38-7626.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2477/2021-39-7638.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2478/2021-40-7650.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2479/2021-41-7652.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2480/2021-42-7655.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2481/2021-43-7668.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2482/2021-45-7660.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2483/2021-46-7661.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2484/2021-47-7662.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2485/2021-48-7669.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2486/2021-49-8842.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2487/2021-50-8843.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2488/2021-51-7685.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2489/2021-52-7690.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2490/2021-53-7693.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2491/2021-54-7695.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2492/2021-55-7701.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2493/2021-56-8848.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2494/2021-57-7703.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2496/2021-58-7704.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2497/2021-59-8849.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2498/2021-60-7719.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2499/2021-61-7727.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2500/2021-62-7731.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2501/2021-63-8860.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2502/2021-64-7734.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2503/2021-65-8865.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2504/2021-66-7736.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2505/2021-67-7763.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2506/2021-68-7756.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2507/2021-69-8875.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2508/2021-70-8891.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2509/2021-71-8892.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2510/2021-72-7806.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2511/2021-73-8894.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2512/2021-74-7790.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2513/2021-75-7798.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2514/2021-76-7801.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2515/2021-77-8909.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2516/2021-78-7804.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2517/2021-80-7812.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2518/2021-81-7826.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2527/2021-82-7840.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2528/2021-83-7841.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2529/2021-84-7958.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2530/2021-85-7982.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2531/2021-86-7985.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2532/2021-87-8142.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2533/2021-88-7986.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2534/2021-89-8143.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2535/2021-90-7987.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2536/2021-91-8006.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2537/2021-92-8008.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2538/2021-93-8009.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2539/2021-94-8015.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2540/2021-95-8036.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2541/2021-96-8051.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2542/2021-97-8934.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2543/2021-98-8936.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2544/2021-99-8062.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2545/2021-100-8946.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2546/2021-101-8950.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2547/2021-102-8077.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2548/2021-103-8078.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2549/2021-104-8080.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2550/2021-105-8107.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2551/2021-106-8238.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2552/2021-107-8963.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2553/2021-108-8109.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2554/2021-109-8110.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2555/2021-110-8111.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2556/2021-111-8125.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2557/2021-112-8134.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2558/2021-113-8145.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2559/2021-114-8148.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2560/2021-115-8169.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2561/2021-116-8979.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2562/2021-117-8172.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2563/2021-118-8980.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2564/2021-119-8178.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2565/2021-120-8181.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2566/2021-121-8982.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2568/2021-122-8182.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2569/2021-123-8990.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2570/2021-124-8991.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2571/2021-125-8992.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2572/2021-126-8993.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2573/2021-127-8994.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2574/2021-128-8995.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2575/2021-129-8996.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2576/2021-130-8196.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2577/2021-131-8197.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2578/2021-132-8997.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2579/2021-133-8998.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2580/2021-134-8201.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2581/2021-135-8202.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2582/2021-136-8203.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2591/2021-137-9000.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2592/2021-138-8219.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2593/2021-139-8220.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2594/2021-140-9008.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2595/2021-141-8221.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2596/2021-142-8226.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2597/2021-143-8246.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2598/2021-144-8247.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2599/2021-145-8250.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2602/2021-146-8350.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2603/2021-147-8311.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2604/2021-148-8445.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2605/2021-149-9024.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2606/2021-150-8319.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2607/2021-151-9026.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2609/2021-152-8325.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2610/2021-153-8326.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2611/2021-154-8342.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2612/2021-155-8349.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2613/2021-156-8352.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2614/2021-157-8353.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2615/2021-158-8354.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2616/2021-159-8355.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2617/2021-160-9053.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2618/2021-161-9054.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2619/2021-162-8374.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2625/2021-163-8389.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2626/2021-164-8412.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2627/2021-165-8415.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2628/2021-166-8416.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2632/2021-167-8425.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2633/2021-168-8430.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2634/2021-169-8469.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2635/2021-170-8438.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2636/2021-171-8439.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2637/2021-172-8454.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2638/2021-173-8525.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2639/2021-174-8455.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2640/2021-176-25902.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2641/2021-176-25902.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2642/2021-177-25903.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2643/2021-178-25904.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2644/2021-179-25905.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2645/2021-180-25906.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2646/2021-181-25907.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2656/2021-182-25908.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2657/2021-183-25909.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2658/2021-184-25910.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2659/2021-185-25911.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2660/2021-186-25912.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2661/2021-187-26103.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2676/2021-188-26104.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2677/2021-189-26055.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2678/2021-190-26069.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2679/2021-191-26071.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2681/2021-192-26074.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2682/2021-193-26080.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2683/2021-194-26100.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2684/2021-195-26157.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2685/2021-196-26175.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2686/2021-197-26178.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2687/2021-199-26291.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2688/2021-200-26280.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2689/2021-201-26287.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2690/2021-202-26289.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2691/2021-203-26299.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2692/2021-204-26334.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2693/2021-205-26336.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2694/2021-206-26372.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2695/2021-207-26374.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2696/2021-208-26373.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2698/2021-209-26421.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2700/2021-210-26495-assinado.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2702/2021-211-26520-assinado.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2703/2021-212-26518-assinado.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2704/2021-213-26519-assinado.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2705/2021-214-26584-assinado.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2706/2021-215-26604-assinado.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2707/2021-216-26639-assinado.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2708/2021-217-26650-assinado.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2709/2021-218-26669-assinado.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2711/2021-219-26670-assinado.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2715/2021-220-26716-assinado.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2716/2021-221-26735-assinado.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2717/2021-222-26744-assinado.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2718/2021-223-26743-assinado.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2719/2021-224-26758-assinado.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2720/2021-225-26760-assinado.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2721/2021-226-26779-assinado.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2722/2021-227-26811-assinado.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2723/2021-228-26838-assinado.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2724/2021-229-26837-assinado.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2803/2021-1-7462.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2804/2021-2-8787.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2805/2021-3-7546.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2806/2021-4-7715.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2807/2021-5-7636.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2808/mocao_no_06-2021_-_tani_rose.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2809/2021-7-7681.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2810/2021-8-8847.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2811/2021-9-7753.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2812/2021-10-8897.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2813/2021-11-7794.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2814/2021-12-8905.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2816/mocao_no_12-2021_-_tani_rose.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2817/2021-14-7956.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2818/2021-15-7957.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2819/mocao_no_16-2021_-_guinho.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2820/2021-17-8920.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2821/2021-18-8093.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2822/2021-19-8047.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2823/mocao_20-2021_-_tani_rose.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2824/2021-21-8018.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2825/2021-22-8043.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2826/2021-23-8050.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2827/2021-24-8059.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2828/2021-25-8070.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2829/2021-26-8159.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2830/2021-27-8173.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2831/2021-28-8180.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2832/2021-29-8218.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2833/2021-30-8227.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2834/2021-31-9022.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2835/2021-32-8333.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2836/2021-33-8338.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2837/2021-34-8359.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2838/2021-35-8361.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2839/mocao_no_36-2021_-_guinho.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2840/2021-37-9060.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2841/2021-38-8379.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2842/2021-39-8380.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2843/2021-40-8381.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2844/2021-41-8382.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2845/2021-42-8383.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2846/2021-43-8384.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2851/2021-44-8463.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2853/2021-45-8414.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2854/2021-46-25897.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2855/2021-48-25898.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2856/2021-49-25899.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2857/2021-50-25900.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2858/2021-51-25901.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2863/2021-52-26009.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2860/2021-53-26059.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2861/2021-54-26060.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2862/2021-55-26105.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2864/2021-56-26097.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2865/2021-57-26086.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2867/2021-59-26161.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2869/2021-60-26262.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2870/2021-61-26273.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2872/2021-62-26284.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2873/2021-63-26344.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2874/2021-64-26343.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2875/2021-65-26491-assinado.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2876/2021-66-26514-assinado.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2877/2021-67-26605-assinado.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2878/2021-68-26644-assinado.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2879/2021-69-26645-assinado.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2880/2021-70-26646-assinado.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2881/2021-71-26647-assinado.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2882/2021-72-26667-assinado.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2883/2021-76-26712-assinado.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2884/2021-77-26733-assinado.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2885/2021-78-26736-assinado.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2886/2021-79-26738-assinado.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2887/2021-80-26737-assinado.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2888/2021-81-26759-assinado.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2889/2021-82-26751-assinado.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2890/2021-83-26756-assinado.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2891/2021-84-26763-assinado.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2892/2021-85-26778-assinado.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2893/2021-86-26798-assinado.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2894/2021-87-26795-assinado.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2895/2021-88-26828-assinado.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2896/2021-89-26840-assinado.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2897/2021-90-26839-assinado.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2898/2021-91-26848-assinado.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2899/2021-92-26975-assinado.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2908/projeto_de_decreto_01-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2909/projeto_de_decreto_03-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2910/projeto_de_decreto_04-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2912/projeto_de_decreto_05-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2913/projeto_de_decreto_06-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2914/projeto_de_decreto_07-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2915/projeto_de_decreto_08-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2916/projeto_de_decreto_09-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2917/projeto_de_decreto_10-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2932/projeto_de_decreto_11-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2933/projeto_de_decreto_12-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2934/projeto_de_decreto_13-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2935/projeto_de_decreto_14-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2936/projeto_de_decreto_15-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2937/projeto_de_decreto_16-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2938/projeto_de_decreto_17-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2305/projeto_de_decreto_18-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2306/projeto_de_decreto_19-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2307/projeto_de_decreto_20-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2308/1-0-1-redacao-original-desse-documento.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2310/1-0-1-redacao-original-desse-documento.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2311/1-0-1-redacao-original-desse-documento.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2312/1-0-1-redacao-original-desse-documento.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2313/1-0-1-redacao-original-desse-documento.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2314/1-0-1-redacao-original-desse-documento.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2315/1-0-1-redacao-original-desse-documento.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2989/projeto_de_lei_002-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2990/projeto_de_lei_003-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2991/projeto_de_lei_004-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2992/projeto_de_lei_005-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2993/projeto_de_lei_006-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2994/projeto_de_lei_007-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2995/projeto_de_lei_008-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2996/projeto_de_lei_009-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2997/projeto_de_lei_010-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3002/projeto_de_lei_011-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3003/projeto_de_lei_012-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3027/projeto_de_lei_013-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3030/projeto_de_lei_014-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3031/projeto_de_lei_015-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3285/projeto_de_lei_17-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3286/projeto_de_lei_18-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3287/projeto_de_lei_19-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3289/projeto_de_lei_20-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3309/projeto_de_lei_21-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3310/projeto_de_lei_22-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3311/projeto_de_lei_23-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3312/projeto_de_lei_24-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3314/projeto_de_lei_26-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3315/projeto_de_lei_27-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3316/projeto_de_lei_28-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3317/projeto_de_lei_29-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3318/projeto_de_lei_30-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3341/projeto_de_lei_31-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3342/projeto_de_lei_32-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3343/projeto_de_lei_33-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3319/projeto_de_lei_34-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3344/projeto_de_lei_35-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3432/projeto_de_lei_36-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3433/projeto_de_lei_37-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3434/projeto_de_lei_38-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3435/projeto_de_lei_39-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3436/projeto_de_lei_40-2021_minuta.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3437/projeto_de_lei_42-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3438/projeto_de_lei_43-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3439/projeto_de_lei_44-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3440/projeto_de_lei_48-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3441/projeto_de_lei_49-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3442/projeto_de_lei_50-2021_minuta.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3443/projeto_de_lei_52-2021_minuta.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3444/projeto_de_lei_55-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3457/projeto_de_lei_56-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3445/projeto_de_lei_57-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3446/projeto_de_lei_58-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3447/projeto_de_lei_59-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3451/projeto_de_lei_60-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3471/projeto_de_lei_62-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3472/projeto_de_lei_63-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3473/projeto_de_lei_64-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3474/projeto_de_lei_65-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3475/projeto_de_lei_66-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3476/projeto_de_lei_67-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3477/projeto_de_lei_68-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3478/projeto_de_lei_69-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3479/projeto_de_lei_70-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3480/projeto_de_lei_71-2021_minuta.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3481/projeto_de_lei_73-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3482/projeto_de_lei_75-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3483/projeto_de_lei_77-2021_minuta.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3486/projeto_de_lei_79-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3487/projeto_de_lei_80-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3503/projeto_de_lei_81-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3504/projeto_de_lei_82-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3505/projeto_de_lei_83-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3506/projeto_de_lei_84-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3507/projeto_de_lei_85-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3508/projeto_de_lei_87-2021_minuta.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3509/projeto_de_lei_88-2021_minuta.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3510/projeto_de_lei_89-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2319/2021-111-26249.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2318/1-1-mensagem-no-118-23-09-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2320/1-1-mensagem-no-120-27-09-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2321/1-1-mensagem-no-114-15-09-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2322/1-1-mensagem-no-123-29-09-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2323/1-0-projeto-de-lei-ordinaria-n.o-117-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2324/1-1-mensagem-no-129-18-10-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2325/1-1-mensagem-no-146-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2326/1-1-mensagem-no-131-21-10-2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2327/1-1-mensagem-de-lei-no-132.2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2328/1-1-mensagem-de-lei-no-134.2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2329/1-1-mensagem-no-135-21-10-2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2330/1-1-mensagem-no-136-21-10-2021-altera-lei-no-4913.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2331/1-1-mensagem-no-137-21-10-2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2332/1-1-mensagem-no-138-21-10-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2333/1-1-mensagem-no-139-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2334/1-1-mensagem-no-140-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2335/1-1-mensagem-no-141-2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2336/1-1-mensagem-no-142-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2337/1-1-mensagem-no-143-2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2338/1-1-mensagem-no-144-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2339/1-1-mensagem-no-147-21-10-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2340/1-1-mensagem-no-148-21-10-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2341/1-1-mensagem-no-149-2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2342/1-1-mensagem-no-153-04-11-2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2343/1-1-mensagem-no-155-2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2344/1-1-mensagem-no-151-04-11-2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2345/1-1-mensagem-no-133.2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2346/1-1-mensagem-no-154-04-11-2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2347/1-1-mensagem-no-150-03-11-2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2348/1-1-mensagem-no-145-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2349/1-1-mensagem-15.2021-p4322.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2350/1-1-mensagem-no-157.2021-p-4323.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2351/1-0-projeto-de-lei-ordinaria-n.o-146-2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2352/1-1-mensagem-no-158.2021-p4564.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2353/1-1-mensagem-no-128.2021-p4519.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2354/1-1-mensagem-no-160.2021-p4522.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2355/1-1-mensagem-no-161.2021-p4523.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2356/1-1-mensagem-n-163.2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2357/1-1-mensagem-no-164.2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2358/1-1-mensagem-no-165.2021-p4534.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2359/1-1-mensagem-no-166.2021-p-4535.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2360/1-1-mensagem-no-167.2021-p4545.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2361/1-1-mensagem-no-168.2021-p4556.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2362/1-1-projeto-de-lei-mesa-diretora-assinado.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2363/1-1-mensagem-no-169-01-12-2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2364/1-1-mensagem-no-170-01-12-2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2365/1-1-mensagem-no-171-01-12-2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2378/1-1-mensagem-no-172-01-12-2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2379/1-1-mensagem-no-173-02-11-2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2380/1-1-mensagem-no-174-02-12-2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2381/1-1-mensagem-no-175.2021-p4662.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2382/1-1-mensagem-no-176-03-12-2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2383/1-1-mensagem-no-177-06-12-2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2384/1-1-mensagem-no-178-06-12-2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2385/1-1-mensagem-no-179-06-12-2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2386/1-1-mensagem-no-180-06-12-2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2387/1-1-mensagem-no-181-06-12-2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2388/1-1-mensagem-no-182-06-12-2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2389/1-1-mensagem-no-183-06-12-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2390/1-1-mensagem-na186-07-12-2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2391/1-1-mensagem-no-187-07-12-2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2392/1-1-mensagem-no-189-09-12-2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2393/1-1-mensagem-no-188-09-12-2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2394/1-1-mensagem-no-191-13-12-2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2395/1-1-mensagem-no-193-13-12-2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2396/1-1-mensagem-no-194-13-12-2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2397/1-1-mensagem-no-197-16-12-2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2398/1-1-mensagem-no-195-13-12-2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2941/mensagem_48-2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2942/mensagem_09-2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2943/mensagem_67-2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2939/projeto_de_resolucao_01-2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2940/projeto_de_resolucao_02-2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2988/projeto_de_emenda_a_lom_01-2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/3340/projeto_de_emenda_a_lom_02-2021_mensagem.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2417/2021-1-7439.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2418/2021-2-7447.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2419/2021-3-7452.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2420/2021-4-7456.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2421/2021-5-7460.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2422/2021-6-7464.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2424/2021-7-7465.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2425/2021-8-7469.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2426/2021-9-7472.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2427/2021-10-7475.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2428/2021-11-8784.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2792/requerimento_no_12-2021_-_katia_-_tani_-_solar.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2429/2021-13-8797.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2430/2021-14-8802.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2791/requerimento_no_15-2021_-_tani_-_katia_-_teresa.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2431/2021-16-8804.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2432/2021-17-8805.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2433/2021-18-8809.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2434/2021-19-7525.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2435/2021-20-7526.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2436/2021-21-7540.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2437/2021-22-8815.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2438/2021-23-7542.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2451/2021-24-7544.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2452/2021-25-7547.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2453/2021-26-7556.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2454/2021-27-7575.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2455/2021-28-7594.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2456/2021-29-7666.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2457/2021-30-7607.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2461/2021-31-7717.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2470/2021-32-7608.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2471/2021-33-7718.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2472/2021-34-7616.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2473/2021-35-7622.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2474/2021-36-7625.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2475/2021-37-8869.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2476/2021-38-7626.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2477/2021-39-7638.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2478/2021-40-7650.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2479/2021-41-7652.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2480/2021-42-7655.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2481/2021-43-7668.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2482/2021-45-7660.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2483/2021-46-7661.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2484/2021-47-7662.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2485/2021-48-7669.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2486/2021-49-8842.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2487/2021-50-8843.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2488/2021-51-7685.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2489/2021-52-7690.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2490/2021-53-7693.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2491/2021-54-7695.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2492/2021-55-7701.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2493/2021-56-8848.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2494/2021-57-7703.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2496/2021-58-7704.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2497/2021-59-8849.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2498/2021-60-7719.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2499/2021-61-7727.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2500/2021-62-7731.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2501/2021-63-8860.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2502/2021-64-7734.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2503/2021-65-8865.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2504/2021-66-7736.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2505/2021-67-7763.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2506/2021-68-7756.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2507/2021-69-8875.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2508/2021-70-8891.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2509/2021-71-8892.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2510/2021-72-7806.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2511/2021-73-8894.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2512/2021-74-7790.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2513/2021-75-7798.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2514/2021-76-7801.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2515/2021-77-8909.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2516/2021-78-7804.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2517/2021-80-7812.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2518/2021-81-7826.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2527/2021-82-7840.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2528/2021-83-7841.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2529/2021-84-7958.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2530/2021-85-7982.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2531/2021-86-7985.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2532/2021-87-8142.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2533/2021-88-7986.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2534/2021-89-8143.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2535/2021-90-7987.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2536/2021-91-8006.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2537/2021-92-8008.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2538/2021-93-8009.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2539/2021-94-8015.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2540/2021-95-8036.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2541/2021-96-8051.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2542/2021-97-8934.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2543/2021-98-8936.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2544/2021-99-8062.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2545/2021-100-8946.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2546/2021-101-8950.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2547/2021-102-8077.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2548/2021-103-8078.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2549/2021-104-8080.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2550/2021-105-8107.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2551/2021-106-8238.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2552/2021-107-8963.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2553/2021-108-8109.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2554/2021-109-8110.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2555/2021-110-8111.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2556/2021-111-8125.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2557/2021-112-8134.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2558/2021-113-8145.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2559/2021-114-8148.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2560/2021-115-8169.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2561/2021-116-8979.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2562/2021-117-8172.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2563/2021-118-8980.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2564/2021-119-8178.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2565/2021-120-8181.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2566/2021-121-8982.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2568/2021-122-8182.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2569/2021-123-8990.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2570/2021-124-8991.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2571/2021-125-8992.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2572/2021-126-8993.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2573/2021-127-8994.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2574/2021-128-8995.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2575/2021-129-8996.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2576/2021-130-8196.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2577/2021-131-8197.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2578/2021-132-8997.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2579/2021-133-8998.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2580/2021-134-8201.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2581/2021-135-8202.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2582/2021-136-8203.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2591/2021-137-9000.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2592/2021-138-8219.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2593/2021-139-8220.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2594/2021-140-9008.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2595/2021-141-8221.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2596/2021-142-8226.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2597/2021-143-8246.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2598/2021-144-8247.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2599/2021-145-8250.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2602/2021-146-8350.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2603/2021-147-8311.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2604/2021-148-8445.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2605/2021-149-9024.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2606/2021-150-8319.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2607/2021-151-9026.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2609/2021-152-8325.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2610/2021-153-8326.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2611/2021-154-8342.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2612/2021-155-8349.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2613/2021-156-8352.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2614/2021-157-8353.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2615/2021-158-8354.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2616/2021-159-8355.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2617/2021-160-9053.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2618/2021-161-9054.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2619/2021-162-8374.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2625/2021-163-8389.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2626/2021-164-8412.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2627/2021-165-8415.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2628/2021-166-8416.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2632/2021-167-8425.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2633/2021-168-8430.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2634/2021-169-8469.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2635/2021-170-8438.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2636/2021-171-8439.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2637/2021-172-8454.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2638/2021-173-8525.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2639/2021-174-8455.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2640/2021-176-25902.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2641/2021-176-25902.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2642/2021-177-25903.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2643/2021-178-25904.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2644/2021-179-25905.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2645/2021-180-25906.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2646/2021-181-25907.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2656/2021-182-25908.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2657/2021-183-25909.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2658/2021-184-25910.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2659/2021-185-25911.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2660/2021-186-25912.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2661/2021-187-26103.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2676/2021-188-26104.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2677/2021-189-26055.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2678/2021-190-26069.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2679/2021-191-26071.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2681/2021-192-26074.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2682/2021-193-26080.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2683/2021-194-26100.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2684/2021-195-26157.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2685/2021-196-26175.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2686/2021-197-26178.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2687/2021-199-26291.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2688/2021-200-26280.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2689/2021-201-26287.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2690/2021-202-26289.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2691/2021-203-26299.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2692/2021-204-26334.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2693/2021-205-26336.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2694/2021-206-26372.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2695/2021-207-26374.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2696/2021-208-26373.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2698/2021-209-26421.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2700/2021-210-26495-assinado.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2702/2021-211-26520-assinado.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2703/2021-212-26518-assinado.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2704/2021-213-26519-assinado.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2705/2021-214-26584-assinado.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2706/2021-215-26604-assinado.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2707/2021-216-26639-assinado.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2708/2021-217-26650-assinado.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2709/2021-218-26669-assinado.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2711/2021-219-26670-assinado.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2715/2021-220-26716-assinado.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2716/2021-221-26735-assinado.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2717/2021-222-26744-assinado.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2718/2021-223-26743-assinado.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2719/2021-224-26758-assinado.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2720/2021-225-26760-assinado.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2721/2021-226-26779-assinado.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2722/2021-227-26811-assinado.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2723/2021-228-26838-assinado.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2724/2021-229-26837-assinado.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2803/2021-1-7462.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2804/2021-2-8787.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2805/2021-3-7546.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2806/2021-4-7715.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2807/2021-5-7636.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2808/mocao_no_06-2021_-_tani_rose.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2809/2021-7-7681.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2810/2021-8-8847.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2811/2021-9-7753.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2812/2021-10-8897.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2813/2021-11-7794.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2814/2021-12-8905.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2816/mocao_no_12-2021_-_tani_rose.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2817/2021-14-7956.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2818/2021-15-7957.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2819/mocao_no_16-2021_-_guinho.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2820/2021-17-8920.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2821/2021-18-8093.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2822/2021-19-8047.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2823/mocao_20-2021_-_tani_rose.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2824/2021-21-8018.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2825/2021-22-8043.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2826/2021-23-8050.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2827/2021-24-8059.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2828/2021-25-8070.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2829/2021-26-8159.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2830/2021-27-8173.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2831/2021-28-8180.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2832/2021-29-8218.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2833/2021-30-8227.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2834/2021-31-9022.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2835/2021-32-8333.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2836/2021-33-8338.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2837/2021-34-8359.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2838/2021-35-8361.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2839/mocao_no_36-2021_-_guinho.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2840/2021-37-9060.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2841/2021-38-8379.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2842/2021-39-8380.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2843/2021-40-8381.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2844/2021-41-8382.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2845/2021-42-8383.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2846/2021-43-8384.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2851/2021-44-8463.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2853/2021-45-8414.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2854/2021-46-25897.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2855/2021-48-25898.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2856/2021-49-25899.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2857/2021-50-25900.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2858/2021-51-25901.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2863/2021-52-26009.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2860/2021-53-26059.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2861/2021-54-26060.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2862/2021-55-26105.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2864/2021-56-26097.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2865/2021-57-26086.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2867/2021-59-26161.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2869/2021-60-26262.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2870/2021-61-26273.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2872/2021-62-26284.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2873/2021-63-26344.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2874/2021-64-26343.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2875/2021-65-26491-assinado.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2876/2021-66-26514-assinado.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2877/2021-67-26605-assinado.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2878/2021-68-26644-assinado.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2879/2021-69-26645-assinado.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2880/2021-70-26646-assinado.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2881/2021-71-26647-assinado.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2882/2021-72-26667-assinado.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2883/2021-76-26712-assinado.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2884/2021-77-26733-assinado.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2885/2021-78-26736-assinado.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2886/2021-79-26738-assinado.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2887/2021-80-26737-assinado.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2888/2021-81-26759-assinado.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2889/2021-82-26751-assinado.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2890/2021-83-26756-assinado.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2891/2021-84-26763-assinado.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2892/2021-85-26778-assinado.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2893/2021-86-26798-assinado.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2894/2021-87-26795-assinado.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2895/2021-88-26828-assinado.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2896/2021-89-26840-assinado.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2897/2021-90-26839-assinado.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2898/2021-91-26848-assinado.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alfenas.mg.leg.br/media/sapl/public/materialegislativa/2021/2899/2021-92-26975-assinado.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H490"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="185.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="122" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="121.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>